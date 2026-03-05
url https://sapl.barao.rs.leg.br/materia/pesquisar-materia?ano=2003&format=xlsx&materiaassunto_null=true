--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -54,300 +54,300 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vereador Mário Osvaldo Mathias</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/336/indicacao_001.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/336/indicacao_001.2003.pdf</t>
   </si>
   <si>
     <t>Visa o levantamento topográfico para instalação da rede de água da Corsan.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vereador Tercilio Anselmini</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/335/indicacao_002.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/335/indicacao_002.2003.pdf</t>
   </si>
   <si>
     <t>Recuperação da Rua Madre Maria Domingas.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Vereador Ademar Gauger</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/334/indicacao_003.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/334/indicacao_003.2003.pdf</t>
   </si>
   <si>
     <t>Visa recuperação ou calçamento da Rua Buarque de Macedo.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Vereador Jefferson Schuster Born</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/333/indicacao_004.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/333/indicacao_004.2003.pdf</t>
   </si>
   <si>
     <t>Visa que seja patrolada ou calçada a Rua Getúlio Dorneles Vargas.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/332/indicacao_005.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/332/indicacao_005.2003.pdf</t>
   </si>
   <si>
     <t>Visa parada de ônibus para a Localidade de Barão Velho.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/331/indicacao_006.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/331/indicacao_006.2003.pdf</t>
   </si>
   <si>
     <t>Visa solução referente ao esgoto que corre a céu aberto</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/330/indicacao_007.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/330/indicacao_007.2003.pdf</t>
   </si>
   <si>
     <t>Visa colocação de redutores de velocidade</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Vereadora Edy Rita Vier Calliari</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/329/indicacao_008.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/329/indicacao_008.2003.pdf</t>
   </si>
   <si>
     <t>Sugestão para adquirir uma guarita a ser colocada nas proximidades da Escola Assunta Fortini.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/328/indicacao_009.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/328/indicacao_009.2003.pdf</t>
   </si>
   <si>
     <t>Visa intermediar ações junto a Certel, na instalação de energia elétrica.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/327/indicacao_10.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/327/indicacao_10.2003.pdf</t>
   </si>
   <si>
     <t>Visa instalação de faixas de segurança.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/</t>
+    <t>http://sapl.barao.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Visa a realização da coleta de lixo seco uma vez por mês na comunidade de Linha Camilo.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/324/indicacao_12.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/324/indicacao_12.2003.pdf</t>
   </si>
   <si>
     <t>Visa serviços de uma doméstica, merendeira, para escola Martim Afonso de Souza.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/323/indicacao_13.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/323/indicacao_13.2003.pdf</t>
   </si>
   <si>
     <t>Providenciamento no pagamento do auxílio aos universitários</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/322/indicacao_14.2004.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/322/indicacao_14.2004.pdf</t>
   </si>
   <si>
     <t>Tem como objetivo a agilização por parte da Corsan na extensão da rede dágua.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/321/indicacao_15.2004.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/321/indicacao_15.2004.pdf</t>
   </si>
   <si>
     <t>Pedido de iluminação pública na Rua Emílio Diemer .</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/320/indicacao_16.2004.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/320/indicacao_16.2004.pdf</t>
   </si>
   <si>
     <t>Visa a aprovação da emenda do projeto de cobrança do ISSQN das indústrias e prestadoras de serviço.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/319/indicacao_17.2004.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/319/indicacao_17.2004.pdf</t>
   </si>
   <si>
     <t>Isenção dos clubes sociais e entidades beneficentes de taxas e impostos municipais.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Vereador José Lírio Chassot</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/318/indicacao_19.2004.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/318/indicacao_19.2004.pdf</t>
   </si>
   <si>
     <t>Visa um eletricista.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/326/indicacao_11.01.2003.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/326/indicacao_11.01.2003.pdf</t>
   </si>
   <si>
     <t>Colocação de luminárias em ruas.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/429/projeto_de_lei_28.2004.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/429/projeto_de_lei_28.2004.pdf</t>
   </si>
   <si>
     <t>Aprova denominação da Rua Estevão Basségio.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -654,68 +654,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/336/indicacao_001.2003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/335/indicacao_002.2003.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/334/indicacao_003.2003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/333/indicacao_004.2003.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/332/indicacao_005.2003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/331/indicacao_006.2003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/330/indicacao_007.2003.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/329/indicacao_008.2003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/328/indicacao_009.2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/327/indicacao_10.2003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/324/indicacao_12.2003.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/323/indicacao_13.2003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/322/indicacao_14.2004.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/321/indicacao_15.2004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/320/indicacao_16.2004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/319/indicacao_17.2004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/318/indicacao_19.2004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/326/indicacao_11.01.2003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/429/projeto_de_lei_28.2004.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/336/indicacao_001.2003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/335/indicacao_002.2003.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/334/indicacao_003.2003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/333/indicacao_004.2003.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/332/indicacao_005.2003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/331/indicacao_006.2003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/330/indicacao_007.2003.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/329/indicacao_008.2003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/328/indicacao_009.2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/327/indicacao_10.2003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/324/indicacao_12.2003.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/323/indicacao_13.2003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/322/indicacao_14.2004.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/321/indicacao_15.2004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/320/indicacao_16.2004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/319/indicacao_17.2004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/318/indicacao_19.2004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/326/indicacao_11.01.2003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2003/429/projeto_de_lei_28.2004.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="91.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>