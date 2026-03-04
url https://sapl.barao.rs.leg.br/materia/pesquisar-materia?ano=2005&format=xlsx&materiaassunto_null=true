--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -54,216 +54,216 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vereadora Edy Rita Vier Calliari</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/270/indicacao_069.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/270/indicacao_069.2005.pdf</t>
   </si>
   <si>
     <t>Aplicação de BTI.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/269/indicacao_070.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/269/indicacao_070.2005.pdf</t>
   </si>
   <si>
     <t>Construção de cisternas para captar água da chuva.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/268/indicacao_071.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/268/indicacao_071.2005.pdf</t>
   </si>
   <si>
     <t>Hortênsias - Cuidados e replantio, visando turismo.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/267/indicacao_073.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/267/indicacao_073.2005.pdf</t>
   </si>
   <si>
     <t>Inclusão de soja, arroz integral e derivados na merenda escolar.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/266/indicacao_074.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/266/indicacao_074.2005.pdf</t>
   </si>
   <si>
     <t>Apoio à Indústria.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Vereador Luiz Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/265/indicacao_076.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/265/indicacao_076.2005.pdf</t>
   </si>
   <si>
     <t>Água- Economizar para não faltar.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/81/indicacao_077.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/81/indicacao_077.2005.pdf</t>
   </si>
   <si>
     <t>Ampliação do horário de atendimento do Posto de Saúde na sede do Município.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/82/indicacao_078.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/82/indicacao_078.2005.pdf</t>
   </si>
   <si>
     <t>Adaptação de prédios públicos para acessibilidade a portadores de deficiência.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/83/indicacao_079.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/83/indicacao_079.2005.pdf</t>
   </si>
   <si>
     <t>Árvore símbolo do Município - Implantação de Projeto de longo alcance, com a compra de uma área de terra para plantação de árvores.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/84/indicacao_080.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/84/indicacao_080.2005.pdf</t>
   </si>
   <si>
     <t>Inseminação artificial para Gado leiteiro.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/85/indicacao_081.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/85/indicacao_081.2005.pdf</t>
   </si>
   <si>
     <t>Melhorias nas ruas e calçadas.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/86/indicacao_82.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/86/indicacao_82.2005.pdf</t>
   </si>
   <si>
     <t>Urbanização da Travessa Nelso Salvi.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/87/indicacao_083.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/87/indicacao_083.2005.pdf</t>
   </si>
   <si>
     <t>Recuperar o Piano para utilizar para Educação Musical.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/88/indicacao_084.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/88/indicacao_084.2005.pdf</t>
   </si>
   <si>
     <t>Institui obrigatoriedade da Prevenção Tratamento e Combate a Diabete Infantil Pré Adolescente e Adolescência.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/412/projeto_de_lei_46.2005.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/412/projeto_de_lei_46.2005.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos ocupantes de cargo eletivo, prefeito, vice prefeito, vereadores, servidores da Câmara Municipal e aos Secretários Municipais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -570,68 +570,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/270/indicacao_069.2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/269/indicacao_070.2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/268/indicacao_071.2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/267/indicacao_073.2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/266/indicacao_074.2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/265/indicacao_076.2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/81/indicacao_077.2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/82/indicacao_078.2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/83/indicacao_079.2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/84/indicacao_080.2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/85/indicacao_081.2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/86/indicacao_82.2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/87/indicacao_083.2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/88/indicacao_084.2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/412/projeto_de_lei_46.2005.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/270/indicacao_069.2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/269/indicacao_070.2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/268/indicacao_071.2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/267/indicacao_073.2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/266/indicacao_074.2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/265/indicacao_076.2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/81/indicacao_077.2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/82/indicacao_078.2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/83/indicacao_079.2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/84/indicacao_080.2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/85/indicacao_081.2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/86/indicacao_82.2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/87/indicacao_083.2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/88/indicacao_084.2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2005/412/projeto_de_lei_46.2005.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="137.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>