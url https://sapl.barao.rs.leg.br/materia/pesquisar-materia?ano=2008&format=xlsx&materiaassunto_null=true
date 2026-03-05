--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -54,363 +54,363 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vereador Luiz Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/386/projeto_de_lei_62.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/386/projeto_de_lei_62.2008.pdf</t>
   </si>
   <si>
     <t>Altera a denominação e o trajeto da rua "A" na Linha Francesa Alta - Barão.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Vereador Adelmo Rauschkolb</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/258/indicacao_102.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/258/indicacao_102.2008.pdf</t>
   </si>
   <si>
     <t>Colocação de um quebra-molas na rua Tancredo de Almeida.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Vereador José Flach</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/463/indicacao_104.2007.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/463/indicacao_104.2007.pdf</t>
   </si>
   <si>
     <t>Colocação de um quebra molas na Rua Antonio Simon.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/255/indicacao_106.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/255/indicacao_106.2008.pdf</t>
   </si>
   <si>
     <t>Colocação parada de onibus.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Vereador Anselmo Elói Sipp</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/</t>
+    <t>http://sapl.barao.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Abrigo para alunos - Instituto Estadual de Educação Assunta Fortini.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Abrigo para alunos - Escola Municipal Carlos gomes.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Vereador Dalcir Luis Ebeling</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/252/indicacao_109.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/252/indicacao_109.2008.pdf</t>
   </si>
   <si>
     <t>Colocação de parada de onibus.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/251/indicacao_110.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/251/indicacao_110.2008.pdf</t>
   </si>
   <si>
     <t>Melhorias na estrada São Roque.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Vereadora Edy Rita Vier Calliari</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/250/indicacao_111.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/250/indicacao_111.2008.pdf</t>
   </si>
   <si>
     <t>Colocação de taxões no trecho recentemente calçado da Rua Profeª Maria Edith Selbach.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/249/indicacao_112.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/249/indicacao_112.2008.pdf</t>
   </si>
   <si>
     <t>Melhoramento do acesso do Bairro Bela Vista para a RST 470.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/465/indicacao_113.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/465/indicacao_113.2008.pdf</t>
   </si>
   <si>
     <t>Colocação de Lixeira Pública</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/248/indicacao_114.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/248/indicacao_114.2008.pdf</t>
   </si>
   <si>
     <t>Colocação de placas indicativas</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/247/indicacao_115.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/247/indicacao_115.2008.pdf</t>
   </si>
   <si>
     <t>Melhoramento do cruzamento da Rua Buarque de Macedo com a Rua Leonardo Celso Mombach.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/246/indicacao_116.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/246/indicacao_116.2008.pdf</t>
   </si>
   <si>
     <t>Estudo da retirada de taxões da Rua Maria Edith Selbach, nas proximidades da escola.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Colocação de quebra-molas.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Vereador Bernardino Scottá</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/393/projeto_de_lei_55.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/393/projeto_de_lei_55.2008.pdf</t>
   </si>
   <si>
     <t>Aprova a denominação da Travessa "Alfredo dos Reis".</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/387/projeto_de_lei_61.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/387/projeto_de_lei_61.2008.pdf</t>
   </si>
   <si>
     <t>Altera a denominação e o trajeto da Rua "B" na Linha Francesa Alta - Barão.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/385/projeto_de_lei_63.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/385/projeto_de_lei_63.2008.pdf</t>
   </si>
   <si>
     <t>Aprova a ampliação da Rua Juscelino K. de Oliveira.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/404/projeto_de_lei_54.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/404/projeto_de_lei_54.2008.pdf</t>
   </si>
   <si>
     <t>Aprova a denominação da travessa "Airton Senna da Silva".</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/405/projeto_de_lei_55.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/405/projeto_de_lei_55.2008.pdf</t>
   </si>
   <si>
     <t>Denominação da Rua "Angelo Riva".</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/392/projeto_de_lei_56.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/392/projeto_de_lei_56.2008.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos ocupantes de cargo eletivo, Prefeito e Vice - Prefeito, Vereadores, aos servidores da Câmara Municipal e aos Secretários Municipais.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/391/projeto_de_lei_57.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/391/projeto_de_lei_57.2008.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito e do Vice - Prefeito do Município, para a Legislatura 2009 a 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/390/projeto_de_lei_58.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/390/projeto_de_lei_58.2008.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos secretários do Município, para  a Legislatura 2009 a 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Vereador Roque Inácio Assmann</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/389/projeto_de_lei_59.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/389/projeto_de_lei_59.2008.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos vereadores do município, para a legislatura 2009 a 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/388/projeto_de_lei_60.2008.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/388/projeto_de_lei_60.2008.pdf</t>
   </si>
   <si>
     <t>Aprova a denominação da Rua "Avelino Balduino Bourscheid" na Linha Francesa Alta - Barão.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -717,68 +717,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/386/projeto_de_lei_62.2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/258/indicacao_102.2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/463/indicacao_104.2007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/255/indicacao_106.2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/252/indicacao_109.2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/251/indicacao_110.2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/250/indicacao_111.2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/249/indicacao_112.2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/465/indicacao_113.2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/248/indicacao_114.2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/247/indicacao_115.2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/246/indicacao_116.2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/393/projeto_de_lei_55.2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/387/projeto_de_lei_61.2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/385/projeto_de_lei_63.2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/404/projeto_de_lei_54.2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/405/projeto_de_lei_55.2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/392/projeto_de_lei_56.2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/391/projeto_de_lei_57.2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/390/projeto_de_lei_58.2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/389/projeto_de_lei_59.2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/388/projeto_de_lei_60.2008.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/386/projeto_de_lei_62.2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/258/indicacao_102.2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/463/indicacao_104.2007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/255/indicacao_106.2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/252/indicacao_109.2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/251/indicacao_110.2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/250/indicacao_111.2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/249/indicacao_112.2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/465/indicacao_113.2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/248/indicacao_114.2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/247/indicacao_115.2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/246/indicacao_116.2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/393/projeto_de_lei_55.2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/387/projeto_de_lei_61.2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/385/projeto_de_lei_63.2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/404/projeto_de_lei_54.2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/405/projeto_de_lei_55.2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/392/projeto_de_lei_56.2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/391/projeto_de_lei_57.2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/390/projeto_de_lei_58.2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/389/projeto_de_lei_59.2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2008/388/projeto_de_lei_60.2008.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="143.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>