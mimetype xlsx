--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -54,2055 +54,2055 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vereador Dalcir Luis Ebeling</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/526/ind_01.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/526/ind_01.2020.pdf</t>
   </si>
   <si>
     <t>Colocação de placa na Comunidade de Sagrado Coração</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vereador Claudir Antônio Ludwig</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/527/ind._02.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/527/ind._02.2020.pdf</t>
   </si>
   <si>
     <t>Melhoria na iluminação Pública</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Vereador João Carlos Jahn</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/528/ind._03.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/528/ind._03.2020.pdf</t>
   </si>
   <si>
     <t>Roçada em linha Francesa Alta e General Neto</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/529/ind._04.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/529/ind._04.2020.pdf</t>
   </si>
   <si>
     <t>Melhorias em Linha Francesa Baixa</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/530/ind._05.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/530/ind._05.2020.pdf</t>
   </si>
   <si>
     <t>Acesso da Carlos Gomes para o Ginásio</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Vereador Laudir Abel</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/</t>
+    <t>http://sapl.barao.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Pintura das faixas de segurança</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/532/ind._07.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/532/ind._07.2020.pdf</t>
   </si>
   <si>
     <t>Melhorias na estrada de Linha General Neto</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/533/ind._08.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/533/ind._08.2020.pdf</t>
   </si>
   <si>
     <t>Colocação de toldo na EMEI Arco Íris 2</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/534/ind._09.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/534/ind._09.2020.pdf</t>
   </si>
   <si>
     <t>Melhorias nas estradas de Linha Francesa</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/535/ind._10.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/535/ind._10.2020.pdf</t>
   </si>
   <si>
     <t>Melhorias na Júlio Kinzel</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/536/ind._11.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/536/ind._11.2020.pdf</t>
   </si>
   <si>
     <t>Roçada na estrada de Cafundó</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/537/ind._12.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/537/ind._12.2020.pdf</t>
   </si>
   <si>
     <t>Colocação de terminal de embarque de ônibus defronte a escola Carlos Gomes</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Vereador Pedro Gilson Jahn</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/538/ind._13.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/538/ind._13.2020.pdf</t>
   </si>
   <si>
     <t>Estrutura e equipamentos de proteção para as merendeiras</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/539/ind._14.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/539/ind._14.2020.pdf</t>
   </si>
   <si>
     <t>Melhorias na estrada geral de Linha Francesa Alta e Linha Francesa Baixa</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/540/ind._15.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/540/ind._15.2020.pdf</t>
   </si>
   <si>
     <t>Melhorias no acesso de Zeno Brummelhaus</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/541/ind._16.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/541/ind._16.2020.pdf</t>
   </si>
   <si>
     <t>Melhorias na Rua Lothário Schmitz</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Testes para Covid-19</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/542/ind._18.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/542/ind._18.2020.pdf</t>
   </si>
   <si>
     <t>Distribuição de máscaras de proteção</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Vereador Marino Pedro Zagonel</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/543/ind._19.2020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/543/ind._19.2020.pdf</t>
   </si>
   <si>
     <t>Distribuição de merenda escolar</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/565/indicacao_20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/565/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Pintura de quebra-molas e verificação de sinalização.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/566/indicacao_21.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/566/indicacao_21.pdf</t>
   </si>
   <si>
     <t>Fechamento dos portões pequenos da cancha de areia do Força e Luz</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Aquisição de termômetros para as UBS</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/568/indicacao_22.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/568/indicacao_22.pdf</t>
   </si>
   <si>
     <t>Colocação de iluminação no Coreto da Praça</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/569/indicacao_24.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/569/indicacao_24.pdf</t>
   </si>
   <si>
     <t>Aquisição de andadores e cadeiras de banho</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/570/indicacao_25.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/570/indicacao_25.pdf</t>
   </si>
   <si>
     <t>Plantio de árvores na Praça de Recreação da EMEF Carlos Gomes</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_26.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_26.pdf</t>
   </si>
   <si>
     <t>Aquisição de área de terras atrás do Hospital São José</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_27.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_27.pdf</t>
   </si>
   <si>
     <t>Manutenção das academias de ginástica ao ar livre</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Vereador Dalcir Luis Ebeling, Vereador Marino Pedro Zagonel</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_28.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_28.pdf</t>
   </si>
   <si>
     <t>Água na comunidade de Cafundó</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/574/indicacao_30.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/574/indicacao_30.pdf</t>
   </si>
   <si>
     <t>Placa de sinalização e melhorias na estrada</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Vereador Luiz Felippe Werner</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/575/indicacao_31.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/575/indicacao_31.pdf</t>
   </si>
   <si>
     <t>Sugestão de Mão Única num trecho da Drº Hoffer</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/576/indicacao_32.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/576/indicacao_32.pdf</t>
   </si>
   <si>
     <t>Estacionamento Fioravante Gobatto</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/577/indicacao_33.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/577/indicacao_33.pdf</t>
   </si>
   <si>
     <t>Melhorias nas estradas</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/578/indicacao_34.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/578/indicacao_34.pdf</t>
   </si>
   <si>
     <t>Melhorias na estrada de Cafundó</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/579/indicacao_35.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/579/indicacao_35.pdf</t>
   </si>
   <si>
     <t>Levantamento de estragos nas estradas</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/580/indicacao_36.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/580/indicacao_36.pdf</t>
   </si>
   <si>
     <t>Adaptação de veículos para transporte de cadeirantes</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/581/indicacao_37.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/581/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Contratação de médico para a UBS da sede</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/610/indicacao_38.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/610/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Explicação das atividades em forma de áudio ou vídeo</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Colocação de energia elétrica na quadra coberta localizada atrás do Centro de Convivência.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_41.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_41.20.pdf</t>
   </si>
   <si>
     <t>Limpeza no caminho do trem em Linha Camilo</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_42.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_42.20.pdf</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_43.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_43.20.pdf</t>
   </si>
   <si>
     <t>Melhorias nas bocas de lobo da Rua Airton Senna da Silva</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_44.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_44.20.pdf</t>
   </si>
   <si>
     <t>Realização de campanha de conscientização sobre as queimadas</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/649/indicacao_45.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/649/indicacao_45.20.pdf</t>
   </si>
   <si>
     <t>Limpeza das Ruas do Bairro Operário e concerto de calçada</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/650/indicacao_46.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/650/indicacao_46.20.pdf</t>
   </si>
   <si>
     <t>Colocação de placa indicativa da Rua Felippe Willy Heidrich</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/651/indicacao_47.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/651/indicacao_47.20.pdf</t>
   </si>
   <si>
     <t>Colocação de iluminação pública</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/652/indicacao_48.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/652/indicacao_48.20.pdf</t>
   </si>
   <si>
     <t>Colocação de brita na Rua Martim Lutero</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/653/indicacao_49.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/653/indicacao_49.20.pdf</t>
   </si>
   <si>
     <t>Limpeza na valeta da Ciclovia Alex Vrielink</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Sinalização e demarcação do posicionamento de automóveis no trevo de acesso a Linha Francesa.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/654/indicacao_51.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/654/indicacao_51.20.pdf</t>
   </si>
   <si>
     <t>Curso de formação para professores e professoras sobre utilização de plataformas digitais</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/655/indicacao_52.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/655/indicacao_52.20.pdf</t>
   </si>
   <si>
     <t>Melhoria com colocação de brita na estrada geral de Linha Cairú</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/656/indicacao_53.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/656/indicacao_53.20.pdf</t>
   </si>
   <si>
     <t>Pintura e limpeza dos meio fios das comunidades do interior</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/606/indicacao_54.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/606/indicacao_54.pdf</t>
   </si>
   <si>
     <t>Colocação de Tubulação (Ilário Heinzmann)</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/607/indicacao_55.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/607/indicacao_55.pdf</t>
   </si>
   <si>
     <t>Colocação de Tubulação (Valcir Ceratti)</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/657/indicacao_56.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/657/indicacao_56.20.pdf</t>
   </si>
   <si>
     <t>Recolocação de calçamento</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/658/indicacao_57.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/658/indicacao_57.20.pdf</t>
   </si>
   <si>
     <t>Colocação de iluminação no coreto da Praça da Liberdade</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/659/indicacao_58.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/659/indicacao_58.20.pdf</t>
   </si>
   <si>
     <t>Retirada das árvores defronte as câmeras de segurança</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/660/indicacao_59.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/660/indicacao_59.20.pdf</t>
   </si>
   <si>
     <t>Número de WhatsApp e implantação de sistema na Administração Municipal</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_60.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_60.20.pdf</t>
   </si>
   <si>
     <t>Manutenção das máquinas dentro da garagem da Prefeitura</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_61.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_61.20.pdf</t>
   </si>
   <si>
     <t>Melhorias na estrada de acesso das propriedades de Armin Neumeister e Oldemar Patzlaff</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/663/indicacao_62.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/663/indicacao_62.20.pdf</t>
   </si>
   <si>
     <t>Melhorias na Rua Camilo Gabriel Sauthier</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Vereador Luiz Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/664/indicacao_64.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/664/indicacao_64.20.pdf</t>
   </si>
   <si>
     <t>Melhorias nas bocas de lobo das Ruas Airton Senna da Silva e Jacob Frederico Neumeister</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/665/indicacao_65.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/665/indicacao_65.20.pdf</t>
   </si>
   <si>
     <t>Contratação de médico geriatra</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/666/indicacao_66.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/666/indicacao_66.20.pdf</t>
   </si>
   <si>
     <t>Acostamento nas pavimentações asfálticas</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/667/indicacao_67.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/667/indicacao_67.20.pdf</t>
   </si>
   <si>
     <t>Melhorias na estrada de Linha General Neto Baixo</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/668/indicacao_68.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/668/indicacao_68.20.pdf</t>
   </si>
   <si>
     <t>Limpeza dos meio fios e pintura</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/669/indicacao_69.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/669/indicacao_69.20.pdf</t>
   </si>
   <si>
     <t>Luminárias de LED</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/670/indicacao_70.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/670/indicacao_70.20.pdf</t>
   </si>
   <si>
     <t>Colocação de tubulação no calçamento do Bairro São José</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/671/indicacao_71.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/671/indicacao_71.20.pdf</t>
   </si>
   <si>
     <t>Muro de contenção em Arroio Canoas</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_72.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_72.20.pdf</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_73.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_73.20.pdf</t>
   </si>
   <si>
     <t>Limpeza e reposição de areia nas canchas da Sede</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/608/indicacao_74.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/608/indicacao_74.pdf</t>
   </si>
   <si>
     <t>Pintura dos quebra-molas do município</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/609/indicacao_75.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/609/indicacao_75.pdf</t>
   </si>
   <si>
     <t>Reforma da Pracinha do Centro</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_76.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_76.20.pdf</t>
   </si>
   <si>
     <t>Melhorias no calçamento do Sagrado</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_77.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_77.20.pdf</t>
   </si>
   <si>
     <t>Colocação de tubulação em Arroio Canoas</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/676/indicacao_78.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/676/indicacao_78.20.pdf</t>
   </si>
   <si>
     <t>Melhorias na rede de água de Linha Wilmsen</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/677/indicacao_79.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/677/indicacao_79.20.pdf</t>
   </si>
   <si>
     <t>Melhorias no Loteamento Bissolotti</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/678/indicacao_80.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/678/indicacao_80.20.pdf</t>
   </si>
   <si>
     <t>Colocação de paradas de ônibus</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/679/indicacao_81.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/679/indicacao_81.20.pdf</t>
   </si>
   <si>
     <t>Colocação de lixeira em Linha Francesa Alta</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/680/indicacao_82.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/680/indicacao_82.20.pdf</t>
   </si>
   <si>
     <t>Capina, varreção e pintura de meio fios</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/681/indicacao_83.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/681/indicacao_83.20.pdf</t>
   </si>
   <si>
     <t>Colocação e correção de placas indicativas da Rua Martim Lutero</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/682/indicacao_84.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/682/indicacao_84.20.pdf</t>
   </si>
   <si>
     <t>Informática nas escolas</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/683/indicacao_85.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/683/indicacao_85.20.pdf</t>
   </si>
   <si>
     <t>Adesivos nas lixeiras</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/684/indicacao_86.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/684/indicacao_86.20.pdf</t>
   </si>
   <si>
     <t>Limpeza do asfalto</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/685/indicacao_87.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/685/indicacao_87.20.pdf</t>
   </si>
   <si>
     <t>Colocação de bueiro na Linha Camilo</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/686/indicacao_88.20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/686/indicacao_88.20.pdf</t>
   </si>
   <si>
     <t>Projeto de pavimentação da Rua Maria Edith Selbach</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Vereador Claudir Antônio Ludwig, Vereador João Carlos Jahn, Vereador Pedro Gilson Jahn</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/596/projeto_emenda_lom_08.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/596/projeto_emenda_lom_08.pdf</t>
   </si>
   <si>
     <t>Altera o inciso X do artigo 34D, o inciso VII do artigo 43, o parágrafo 2º do artigo 101, altera o inciso XI do parágrafo 2º e acrescenta o parágrafo 3º ao artigo 101.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal - Mandato 2017/2020</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/495/pl_2382_-_contratacao_de_professor.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/495/pl_2382_-_contratacao_de_professor.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar Professor de Educação Infantil 30 horas semanais em caráter temporário, por excepcional interesse público.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/496/pl_2383_-_contratacao_de_professor.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/496/pl_2383_-_contratacao_de_professor.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a contratar Professor de séries ou anos iniciais do Ensino Fundamental, em caráter temporário, por excepcional interesse público.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/497/pl_2384_-_contratacao_de_professor.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/497/pl_2384_-_contratacao_de_professor.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a contratar Professor de séries ou anos finais do Ensino Fundamental na disciplina de história e matemática com carga horária de 22 (vinte e duas) horas semanais, em caráter temporário, por excepcional interesse público</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/498/pl_2385_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/498/pl_2385_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por redução orçamentária no valor de R$ 40.000,00.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/499/pl_2386_-_subvencao_cpm_nicolau.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/499/pl_2386_-_subvencao_cpm_nicolau.pdf</t>
   </si>
   <si>
     <t>Concede subvenção social ao CPM da EMEF Nicolau Bourscheid</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/500/pl_2387_-_subvencao_cpm_bom_fim.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/500/pl_2387_-_subvencao_cpm_bom_fim.pdf</t>
   </si>
   <si>
     <t>Concede subvenção social ao CPM da EMEF Senhor do Bom Fim.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/501/pl_2388_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/501/pl_2388_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Arrecadação a maior no valor de R$ 238.750,00.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/502/pl_2389_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/502/pl_2389_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial no exercício de 2020, por superávit financeiro do ano de 2019, no valor de R$ 273.343,35.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/503/pl_2390_-_denominacao_de_rua.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/503/pl_2390_-_denominacao_de_rua.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público como " Rua Weslei Herpich".</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/504/pl_2391_-_alteracao_de_lei.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/504/pl_2391_-_alteracao_de_lei.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo à Lei Municipal nº 2232 de 20 de junho de 2018.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/505/pl_2392_-_apoio_radio.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/505/pl_2392_-_apoio_radio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a patrocinar como forma de apoio cultural o programa Amanhecendo em Barão produzido pela rádio Ação FM, nos termos que estabelece.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/506/pl_2393_-__contratacao_acs.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/506/pl_2393_-__contratacao_acs.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar Agente Comunitário de Saúde, com carga horária de 40horas semanais, em caráter temporário, por excepcional interesse público.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/507/pl_2394_-_alteracao_feriado.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/507/pl_2394_-_alteracao_feriado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alterar o Feriado Municipal do dia 12 de Maio de 2020.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/508/pl_2395_-_referenda_e.c..pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/508/pl_2395_-_referenda_e.c..pdf</t>
   </si>
   <si>
     <t>Referenda previsões da Emenda Constitucional nº 103 de 2019 relativas ao Regime Próprio de Previdência Social do Município de Barão.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/509/pl_2396_-_reestrutura_regime_dos_servidores.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/509/pl_2396_-_reestrutura_regime_dos_servidores.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Regime Próprio de Previdência dos Servidores Efetivos do Município de Barão.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/510/pl_2397_-_altera_regime_juridico.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/510/pl_2397_-_altera_regime_juridico.pdf</t>
   </si>
   <si>
     <t>Acrescenta o inciso VII ao art. 106, da Seção II - A ao Capítulo IV, o Capítulo IV - A e as Seções I, II e III a Lei Municipal nº 1182 de 07 de junho de 2006, que dispõe sobre o Regime Jurídico Único.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/511/pl_2398_-_revisao_geral.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/511/pl_2398_-_revisao_geral.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual - Art. 37, X, da C. F. - aos vencimentos dos servidores, aos proventos dos aposentados e pensionistas do Poder Executivo.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/512/pl_2399_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/512/pl_2399_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Autoriza suplementação por superávit financeiro do exercício de 2019, no valor de R$ 688.274,89.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/513/pl_2400_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/513/pl_2400_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre créditos especiais por superávit financeiro do exercício de 2019, no valor de R$ 88.518,97.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/514/pl_2401_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/514/pl_2401_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por arrecadação a maior no valor de R$ 44.000,00</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/517/pl_2402_-_subvencao_carlos_gomes.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/517/pl_2402_-_subvencao_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Concede subvenção social ao CPM da EMEF Carlos Gomes</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/518/pl_2403_-_iptu.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/518/pl_2403_-_iptu.pdf</t>
   </si>
   <si>
     <t>Altera o Inciso I do artigo 1º e Inciso I do artigo 2º da Lei nº 2330 de 06 de dezembro de 2019.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/519/pl_2404_-_subvencao_hospital.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/519/pl_2404_-_subvencao_hospital.pdf</t>
   </si>
   <si>
     <t>Concede subvenção durante a pandemia do COVID-19 à Associação Beneficente Hospital São José de Barão e dá outras providências.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/520/pl_2405_-_abertura_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/520/pl_2405_-_abertura_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por arrecadação a maior no valor de R$ 13.484,00.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/521/pl_2406_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/521/pl_2406_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por Arrecadação a maior no valor de R$ 80.060,08.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/522/pl_2407_-_altera_subvencao_hospital.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/522/pl_2407_-_altera_subvencao_hospital.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º e o art. 5º da Lei 2267 de 19 de dezembro de 2018, que concede subvenção à Associação Beneficente Hospital São José de Barão e dá outras providências.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/524/pl_2408_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/524/pl_2408_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por Redução orçamentária no valor de R$ 8.000,00</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/525/pl_2409_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/525/pl_2409_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Redução Orçamentária no valor de R$ 160.000,00.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/544/pl_2410_-_aquisicao_imovel.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/544/pl_2410_-_aquisicao_imovel.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir um imóvel e suplementar crédito no valor de R$ 314.000,00.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/545/pl_2411_-_contratacao_ags.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/545/pl_2411_-_contratacao_ags.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar Agente Comunitário de Saúde de Saúde, com carga horária de 40horas semanais, em caráter temporário, por excepcional interesse público.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/546/pl_2412_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/546/pl_2412_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Arrecadação a Maior, no valor de R$ 17.970,00.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/547/pl_2413_-_alteracao_de_lei.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/547/pl_2413_-_alteracao_de_lei.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei Municipal 2232 de 20 de junho de 2018.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/548/pl_2414_-_revogacao_de_leis.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/548/pl_2414_-_revogacao_de_leis.pdf</t>
   </si>
   <si>
     <t>Revoga as leis Municipais nº 1334 de 28 de dezembro de 2007 e nº 1356 de 16 de abril de 2008.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/549/pl_2415_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/549/pl_2415_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa e Reduz Verba Orçamentária no valor de R$ 102.000,00.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/550/pl_2416_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/550/pl_2416_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por arrecadação a maior no valor de R$ 88.062,62.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/551/pl_2417_-_revoga_lei.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/551/pl_2417_-_revoga_lei.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 1449 de 08 de julho de 2009.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/553/pl_2418_-_auxilio_mangueplast.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/553/pl_2418_-_auxilio_mangueplast.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder incentivo à empresa Mangueplast Indústria de Mangueiras Ltda. nos termos da Lei Municipal 550/1998 e suas alterações.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/554/pl_2419_-_alteracao_lei_2232.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/554/pl_2419_-_alteracao_lei_2232.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao artigo 2º da Lei Municipal nº 2232 e revoga Lei 2254 e Lei 2375.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/555/pl_2420_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/555/pl_2420_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por redução orçamentária no valor de R$ 1.500,00.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/556/pl_2421_-_suspensao_divida_rpps.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/556/pl_2421_-_suspensao_divida_rpps.pdf</t>
   </si>
   <si>
     <t>Autoriza a suspensão dos pagamentos da contribuição previdenciária patronal e do parcelamento da dívida existente com o RPPS e dá outras providências.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/557/pl_2422_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/557/pl_2422_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa e reduz verba orçamentária no valor de R$ 86.055,54.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/558/pl_2423_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/558/pl_2423_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito especial por Redução Orçamentária no valor de R$ 17.740,00.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/560/pl_2424_-_lei_anticorrupcao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/560/pl_2424_-_lei_anticorrupcao.pdf</t>
   </si>
   <si>
     <t>Lei Anticorrupção</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/563/pl_2425_-_revoga_lei_1980.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/563/pl_2425_-_revoga_lei_1980.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1980, de 23 de fevereiro de 2015.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/582/pl_2426_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/582/pl_2426_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial no valor de R$ 99,72.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/585/pl_2427_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/585/pl_2427_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Arrecadação a Maior, no valor de R$ 7.000,00</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/586/pl_2428_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/586/pl_2428_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial, no valor de R$ 238.750,00.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/587/pl_2429_-_ldo.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/587/pl_2429_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2021.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/589/pl_2430_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/589/pl_2430_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por Arrecadação a maior no valor de R$ 72.000,00.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/590/pl_2431_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/590/pl_2431_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por Arrecadação a Maior no valor de R$ 19.866,00.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/591/pl_2432_-_altera_emenda_impositiva.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/591/pl_2432_-_altera_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Exclui e Inclui Valores nas metas da Lei nº 2325 de 08 de novembro de 2019 - LDO 2020 e abre créditos especiais por Redução Orçamentárias, no valor de R$ 18.650,00.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/592/pl_2433_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/592/pl_2433_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por arrecadação a maior no valor de 487.538,00</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/593/pl_2434_-_denominacao_rua.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/593/pl_2434_-_denominacao_rua.pdf</t>
   </si>
   <si>
     <t>Aprova denominação de rua "Estrada do Trem".</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/594/pl_2435_-_alteracao_lei.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/594/pl_2435_-_alteracao_lei.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º da Lei nº 2394 de 16 de setembro de 2020.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/595/pl_2436_-_denominacao_travessa.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/595/pl_2436_-_denominacao_travessa.pdf</t>
   </si>
   <si>
     <t>Aprova denominação de logradouro público "Travessa Jayme Luiz Calliari".</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/597/pl_2437_-_leilao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/597/pl_2437_-_leilao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Alienar Bens Móveis do Município</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/598/pl_2438_-_denominacao_de_rua.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/598/pl_2438_-_denominacao_de_rua.pdf</t>
   </si>
   <si>
     <t>Aprova Logradouro Público "Rua Jacó Rauschkolb"</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/599/pl_2439_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/599/pl_2439_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por Redução de Verba Orçamentária no valor de R$ 10.000,00.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>Abre Crédito Especial por arrecadação a maior, no valor de R$ 62.383,12.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>Suplementa e reduz verba orçamentária no valor de R$ 254.000,00</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/603/pl_2442_-_abertura_decredito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/603/pl_2442_-_abertura_decredito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por Redução Orçamentária no valor de R$ 7.280,00.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/604/pl_2443_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/604/pl_2443_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito por arrecadação a maior no valor de R$ 110.000,00.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/611/pl_2444_-_loa_2021.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/611/pl_2444_-_loa_2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Barão para o Exercício Financeiro de 2021.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/612/pl_2445_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/612/pl_2445_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito por Arrecadação a Maior, no valor de R$ 89.321,30.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/613/pl_2446_-_incentivo_mangueplast.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/613/pl_2446_-_incentivo_mangueplast.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo conceder incentivo a empresa Mangueplast Indústria de Mangueiras Ltda, nos termos da Lei Municipal nº 550/1998.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/614/pl_2447_-_calendario_impostos.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/614/pl_2447_-_calendario_impostos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste, o calendário de pagamento e os descontos concedidos sobre: o IPTU, o ISSQN - Fixo e sobre as taxas Municipais e fixa o valor da Unidade de Referência Municipal - URM.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/615/pl_2448_-_permissao_de_uso_copa.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/615/pl_2448_-_permissao_de_uso_copa.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre a permissão de uso do imóvel rural constante na matrícula nº 17.905 livro 02 do Registro Geral de Imóveis de Carlos Barbosa para o Esporte Clube Cultural Recreativo Copacabana - CNPJ 90.876.962/0001-00.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/616/pl_2449_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/616/pl_2449_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por arrecadação a maior, no valor de R$ 11.431,00.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/617/pl_2450_-_revogacao_de_lei.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/617/pl_2450_-_revogacao_de_lei.pdf</t>
   </si>
   <si>
     <t>Revoga a lei Municipal nº 2306 de 30 de agosto de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual aos Secretários Municipais e aos ocupantes de cargo eletivo, Prefeito, Vice-prefeito e Vereadores.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Estabelece índices para a Revisão Geral Anual aos Vencimentos dos Servidores do Poder Legislativo.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Vereador Bernardino Scottá, Vereador Laudir Abel</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/523/pl_leg_123_-_liberdade_economica.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/523/pl_leg_123_-_liberdade_economica.pdf</t>
   </si>
   <si>
     <t>Institui a declaração municipal de direitos de liberdade econômica, estabelece normas e procedimentos para atos públicos de liberação de atividade econômica e dá outras providências.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/559/pl_do_leg_124.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/559/pl_do_leg_124.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de uso do imóvel rural constante na matrícula nº 17.905 livro 2 do Registro Geral, fls. 01 do Registro Geral de Imóveis de Carlos Barbosa para o Esporte Clube Cultural Recreativo Copacabana - CNPJ 90.876.962/0001-00.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Mesa Diretora 2020</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/561/pl_leg_125_-_subsidios_vereadores.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/561/pl_leg_125_-_subsidios_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores da Câmara Municipal de Barão para a Legislatura 2021/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/562/pl_leg_126_-_subsidios_executivo.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/562/pl_leg_126_-_subsidios_executivo.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice-prefeito e Secretários do Município de Barão para vigorar no período de 1º de janeiro de 2021 a 31 de dezembro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/583/pl_leg_127_-_denominacao_ubs.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/583/pl_leg_127_-_denominacao_ubs.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade Básica de Saúde de Linha Francesa Alta como "Unidade Básica de Saúde Drº João Carlos Vieira de Azevedo"</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/584/pl_leg_128_-_denominacao_ubs.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/584/pl_leg_128_-_denominacao_ubs.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade Básica de Saúde de Arroio Canoas como "Unidade Básica de Saúde Drº Victor Hugo Lenz Pereira".</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/588/pl_leg_129_-_alteracao_lei_agua.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/588/pl_leg_129_-_alteracao_lei_agua.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 15 da Lei nº 2289 de 30 de abril de 2019.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/601/pl_do_leg_130_-_iptu_interior.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/601/pl_do_leg_130_-_iptu_interior.pdf</t>
   </si>
   <si>
     <t>Acrescenta § 6º e inciso I ao artigo 4º da Lei nº 784 de 30 de outubro de 2001.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/552/veto_ao_pl_do_leg_123.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/552/veto_ao_pl_do_leg_123.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto do Legislativo 123/2020.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2409,68 +2409,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/526/ind_01.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/527/ind._02.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/528/ind._03.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/529/ind._04.2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/530/ind._05.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/532/ind._07.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/533/ind._08.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/534/ind._09.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/535/ind._10.2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/536/ind._11.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/537/ind._12.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/538/ind._13.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/539/ind._14.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/540/ind._15.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/541/ind._16.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/542/ind._18.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/543/ind._19.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/565/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/566/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/568/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/569/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/570/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/574/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/575/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/576/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/577/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/578/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/579/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/580/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/581/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/610/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_41.20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_42.20.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_43.20.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_44.20.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/649/indicacao_45.20.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/650/indicacao_46.20.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/651/indicacao_47.20.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/652/indicacao_48.20.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/653/indicacao_49.20.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/654/indicacao_51.20.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/655/indicacao_52.20.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/656/indicacao_53.20.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/606/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/607/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/657/indicacao_56.20.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/658/indicacao_57.20.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/659/indicacao_58.20.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/660/indicacao_59.20.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_60.20.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_61.20.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/663/indicacao_62.20.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/664/indicacao_64.20.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/665/indicacao_65.20.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/666/indicacao_66.20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/667/indicacao_67.20.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/668/indicacao_68.20.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/669/indicacao_69.20.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/670/indicacao_70.20.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/671/indicacao_71.20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_72.20.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_73.20.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/608/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/609/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_76.20.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_77.20.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/676/indicacao_78.20.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/677/indicacao_79.20.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/678/indicacao_80.20.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/679/indicacao_81.20.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/680/indicacao_82.20.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/681/indicacao_83.20.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/682/indicacao_84.20.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/683/indicacao_85.20.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/684/indicacao_86.20.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/685/indicacao_87.20.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/686/indicacao_88.20.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/596/projeto_emenda_lom_08.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/495/pl_2382_-_contratacao_de_professor.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/496/pl_2383_-_contratacao_de_professor.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/497/pl_2384_-_contratacao_de_professor.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/498/pl_2385_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/499/pl_2386_-_subvencao_cpm_nicolau.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/500/pl_2387_-_subvencao_cpm_bom_fim.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/501/pl_2388_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/502/pl_2389_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/503/pl_2390_-_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/504/pl_2391_-_alteracao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/505/pl_2392_-_apoio_radio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/506/pl_2393_-__contratacao_acs.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/507/pl_2394_-_alteracao_feriado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/508/pl_2395_-_referenda_e.c..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/509/pl_2396_-_reestrutura_regime_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/510/pl_2397_-_altera_regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/511/pl_2398_-_revisao_geral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/512/pl_2399_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/513/pl_2400_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/514/pl_2401_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/517/pl_2402_-_subvencao_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/518/pl_2403_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/519/pl_2404_-_subvencao_hospital.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/520/pl_2405_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/521/pl_2406_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/522/pl_2407_-_altera_subvencao_hospital.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/524/pl_2408_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/525/pl_2409_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/544/pl_2410_-_aquisicao_imovel.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/545/pl_2411_-_contratacao_ags.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/546/pl_2412_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/547/pl_2413_-_alteracao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/548/pl_2414_-_revogacao_de_leis.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/549/pl_2415_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/550/pl_2416_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/551/pl_2417_-_revoga_lei.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/553/pl_2418_-_auxilio_mangueplast.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/554/pl_2419_-_alteracao_lei_2232.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/555/pl_2420_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/556/pl_2421_-_suspensao_divida_rpps.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/557/pl_2422_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/558/pl_2423_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/560/pl_2424_-_lei_anticorrupcao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/563/pl_2425_-_revoga_lei_1980.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/582/pl_2426_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/585/pl_2427_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/586/pl_2428_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/587/pl_2429_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/589/pl_2430_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/590/pl_2431_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/591/pl_2432_-_altera_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/592/pl_2433_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/593/pl_2434_-_denominacao_rua.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/594/pl_2435_-_alteracao_lei.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/595/pl_2436_-_denominacao_travessa.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/597/pl_2437_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/598/pl_2438_-_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/599/pl_2439_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/603/pl_2442_-_abertura_decredito.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/604/pl_2443_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/611/pl_2444_-_loa_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/612/pl_2445_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/613/pl_2446_-_incentivo_mangueplast.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/614/pl_2447_-_calendario_impostos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/615/pl_2448_-_permissao_de_uso_copa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/616/pl_2449_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/617/pl_2450_-_revogacao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/523/pl_leg_123_-_liberdade_economica.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/559/pl_do_leg_124.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/561/pl_leg_125_-_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/562/pl_leg_126_-_subsidios_executivo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/583/pl_leg_127_-_denominacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/584/pl_leg_128_-_denominacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/588/pl_leg_129_-_alteracao_lei_agua.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/601/pl_do_leg_130_-_iptu_interior.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/552/veto_ao_pl_do_leg_123.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/526/ind_01.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/527/ind._02.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/528/ind._03.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/529/ind._04.2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/530/ind._05.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/532/ind._07.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/533/ind._08.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/534/ind._09.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/535/ind._10.2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/536/ind._11.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/537/ind._12.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/538/ind._13.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/539/ind._14.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/540/ind._15.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/541/ind._16.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/542/ind._18.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/543/ind._19.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/565/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/566/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/568/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/569/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/570/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/574/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/575/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/576/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/577/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/578/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/579/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/580/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/581/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/610/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_41.20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_42.20.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_43.20.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_44.20.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/649/indicacao_45.20.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/650/indicacao_46.20.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/651/indicacao_47.20.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/652/indicacao_48.20.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/653/indicacao_49.20.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/654/indicacao_51.20.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/655/indicacao_52.20.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/656/indicacao_53.20.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/606/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/607/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/657/indicacao_56.20.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/658/indicacao_57.20.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/659/indicacao_58.20.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/660/indicacao_59.20.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_60.20.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_61.20.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/663/indicacao_62.20.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/664/indicacao_64.20.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/665/indicacao_65.20.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/666/indicacao_66.20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/667/indicacao_67.20.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/668/indicacao_68.20.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/669/indicacao_69.20.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/670/indicacao_70.20.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/671/indicacao_71.20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_72.20.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_73.20.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/608/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/609/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_76.20.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_77.20.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/676/indicacao_78.20.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/677/indicacao_79.20.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/678/indicacao_80.20.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/679/indicacao_81.20.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/680/indicacao_82.20.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/681/indicacao_83.20.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/682/indicacao_84.20.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/683/indicacao_85.20.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/684/indicacao_86.20.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/685/indicacao_87.20.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/686/indicacao_88.20.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/596/projeto_emenda_lom_08.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/495/pl_2382_-_contratacao_de_professor.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/496/pl_2383_-_contratacao_de_professor.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/497/pl_2384_-_contratacao_de_professor.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/498/pl_2385_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/499/pl_2386_-_subvencao_cpm_nicolau.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/500/pl_2387_-_subvencao_cpm_bom_fim.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/501/pl_2388_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/502/pl_2389_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/503/pl_2390_-_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/504/pl_2391_-_alteracao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/505/pl_2392_-_apoio_radio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/506/pl_2393_-__contratacao_acs.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/507/pl_2394_-_alteracao_feriado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/508/pl_2395_-_referenda_e.c..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/509/pl_2396_-_reestrutura_regime_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/510/pl_2397_-_altera_regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/511/pl_2398_-_revisao_geral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/512/pl_2399_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/513/pl_2400_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/514/pl_2401_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/517/pl_2402_-_subvencao_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/518/pl_2403_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/519/pl_2404_-_subvencao_hospital.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/520/pl_2405_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/521/pl_2406_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/522/pl_2407_-_altera_subvencao_hospital.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/524/pl_2408_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/525/pl_2409_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/544/pl_2410_-_aquisicao_imovel.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/545/pl_2411_-_contratacao_ags.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/546/pl_2412_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/547/pl_2413_-_alteracao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/548/pl_2414_-_revogacao_de_leis.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/549/pl_2415_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/550/pl_2416_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/551/pl_2417_-_revoga_lei.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/553/pl_2418_-_auxilio_mangueplast.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/554/pl_2419_-_alteracao_lei_2232.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/555/pl_2420_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/556/pl_2421_-_suspensao_divida_rpps.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/557/pl_2422_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/558/pl_2423_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/560/pl_2424_-_lei_anticorrupcao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/563/pl_2425_-_revoga_lei_1980.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/582/pl_2426_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/585/pl_2427_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/586/pl_2428_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/587/pl_2429_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/589/pl_2430_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/590/pl_2431_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/591/pl_2432_-_altera_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/592/pl_2433_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/593/pl_2434_-_denominacao_rua.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/594/pl_2435_-_alteracao_lei.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/595/pl_2436_-_denominacao_travessa.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/597/pl_2437_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/598/pl_2438_-_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/599/pl_2439_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/603/pl_2442_-_abertura_decredito.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/604/pl_2443_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/611/pl_2444_-_loa_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/612/pl_2445_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/613/pl_2446_-_incentivo_mangueplast.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/614/pl_2447_-_calendario_impostos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/615/pl_2448_-_permissao_de_uso_copa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/616/pl_2449_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/617/pl_2450_-_revogacao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/523/pl_leg_123_-_liberdade_economica.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/559/pl_do_leg_124.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/561/pl_leg_125_-_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/562/pl_leg_126_-_subsidios_executivo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/583/pl_leg_127_-_denominacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/584/pl_leg_128_-_denominacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/588/pl_leg_129_-_alteracao_lei_agua.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/601/pl_do_leg_130_-_iptu_interior.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2020/552/veto_ao_pl_do_leg_123.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="79.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="219" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>