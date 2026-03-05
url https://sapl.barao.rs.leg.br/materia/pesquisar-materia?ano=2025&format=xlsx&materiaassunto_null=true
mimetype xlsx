--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -10,2369 +10,2939 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1472" uniqueCount="773">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1844" uniqueCount="963">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vereador Dalcir Luis Ebeling</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_01.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_01.2025.pdf</t>
   </si>
   <si>
     <t>Melhorias na comunidade de Arroio Canoas com a limpeza dos meio fios das calçadas e pintura dos quebra-molas</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vereador Bode</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_02.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_02.2025.pdf</t>
   </si>
   <si>
     <t>Placa de sinalização no entroncamento da Rua Raimundo Hartmann com a Buarque de Macedo, identificando a contra mão</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Vereador Claudir Antônio Ludwig</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_03.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_03.2025.pdf</t>
   </si>
   <si>
     <t>Alinhamento das curvas próximo a ponte de Arroio Canoas em direção a Campestre</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_04.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_04.2025.pdf</t>
   </si>
   <si>
     <t>Projeto para substituição da ponte de madeira que liga Linha Pimenta a Campestre, por uma ponte de concreto.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Vereador Bernardino Scottá, Vereador Dalcir Luis Ebeling, Vereador Luciano Sandrin, Vereadora Neide Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_05.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_05.2025.pdf</t>
   </si>
   <si>
     <t>Limpeza na Travessa que liga as ruas Raimundo Hartmann e Professora Maria Edith Selbach.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/</t>
+    <t>http://sapl.barao.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Colocação um container de lixo grande próximo a entrada da empresa Biasotto.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_07.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_07.pdf</t>
   </si>
   <si>
     <t>Projeto de revitalização da Praça da Liberdade.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_08.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_08.pdf</t>
   </si>
   <si>
     <t>CONFECÇÃO DE PLACAS E NUMERAÇÃO DAS CASAS</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Vereador Pedro Gilson Jahn</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_09.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_09.pdf</t>
   </si>
   <si>
     <t>Melhorias em alguns trechos de pavimentação em Linha Francesa Alta.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Vereador Bernardino Scottá</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_10.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_10.pdf</t>
   </si>
   <si>
     <t>DIRETRIZ E NORMATIZAÇÃO NO TRÂNSITO</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Vereadora Neide Ferrari, Vereador Bernardino Scottá, Vereador Dalcir Luis Ebeling, Vereador Luciano Sandrin</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_11.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_11.pdf</t>
   </si>
   <si>
     <t>Melhorias na iluminação pública na Rua Leonardo Celso Mombach</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Vereador Alexandre Scheuchuk, Vereador Claudir Antônio Ludwig</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_12.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_12.pdf</t>
   </si>
   <si>
     <t>Tratamento de psicoterapia para a população</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_13.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_13.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA COMUNIDADE DE PARAGUAÇÚ</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_14.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_14.pdf</t>
   </si>
   <si>
     <t>Parceria com a Emater para organizar as hortas nas escolas do município</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_15.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_15.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE NEUROPEDIATRA</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_16.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_16.pdf</t>
   </si>
   <si>
     <t>Bonificação por desempenho aos profissionais da rede municipal de educação.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Vereador Dalcir Luis Ebeling, Vereador Bernardino Scottá, Vereador Luciano Sandrin, Vereadora Neide Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_17.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_17.pdf</t>
   </si>
   <si>
     <t>Melhorias em Arroio Canoas defronte à Escola Senhor do Bom Fim com a pintura dos cordões de amarelo e colocação de placa indicativa</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1709/indicacao_18.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1709/indicacao_18.pdf</t>
   </si>
   <si>
     <t>Melhorias na Rua Fioravante Gobatto com limitação de estacionamento e relocação da faixa de segurança</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Vereador Luciano Sandrin, Vereador Bernardino Scottá, Vereador Dalcir Luis Ebeling, Vereadora Neide Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_19.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_19.pdf</t>
   </si>
   <si>
     <t>Melhorias na Drº Hoffer</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Vereadora Neide Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_20.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Cartilha informativa da Secretaria da Agricultura</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_21.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_21.pdf</t>
   </si>
   <si>
     <t>Monitoramento no transporte escolar</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Pavimentação da Rua Olindo Vrielink</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_23_alt.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_23_alt.pdf</t>
   </si>
   <si>
     <t>Evento específico de mostra e comercialização dos produtos e serviços originalmente baronenses.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_24.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_24.pdf</t>
   </si>
   <si>
     <t>Cercamento digital nos banheiros públicos</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_25.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_25.pdf</t>
   </si>
   <si>
     <t>Colocação de Container de lixo</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_26.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_26.pdf</t>
   </si>
   <si>
     <t>Festival do Café Colonial</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Vereador Claudir Antônio Ludwig, Vereador Dalcir Luis Ebeling, Vereador Pedro Gilson Jahn</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_27.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_27.pdf</t>
   </si>
   <si>
     <t>Citadino no Interior</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_28.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_28.pdf</t>
   </si>
   <si>
     <t>Projeto Saúde Visual</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_29.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_29.pdf</t>
   </si>
   <si>
     <t>Cavalaria no Desfile Cívico</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_30.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_30.pdf</t>
   </si>
   <si>
     <t>Melhorias no acesso à Vila Rica</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Vereador Luciano Sandrin</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_31.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_31.pdf</t>
   </si>
   <si>
     <t>Veterinário na Carreteada</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Programa Mulheres de Valor</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_33.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_33.pdf</t>
   </si>
   <si>
     <t>Espaço Mulher Empreendedora</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_34.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_34.pdf</t>
   </si>
   <si>
     <t>Limpeza nos Calçamentos recuperados</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_35.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_35.pdf</t>
   </si>
   <si>
     <t>´Programa "Barão Terra Forte"</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_36.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_36.pdf</t>
   </si>
   <si>
     <t>Construção de banheiros, camarins e cozinha no Centro Cultural</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_37.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Interligação da rede de água municipal</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_38.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Construção de uma réplica do Trem</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Vereador Ademar Gauger, Vereador Bernardino Scottá, Vereador Dalcir Luis Ebeling</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_39.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Ponto Facultativo</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_40.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_40.pdf</t>
   </si>
   <si>
     <t>Melhorias na Linha Pimenta</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_41.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_41.pdf</t>
   </si>
   <si>
     <t>Colocação de Placa Indicativa</t>
   </si>
   <si>
+    <t>1840</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_42.pdf</t>
+  </si>
+  <si>
+    <t>Doação de uma bandeira de Barão para cada entidade do Município.</t>
+  </si>
+  <si>
+    <t>1841</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_43.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na sinalização</t>
+  </si>
+  <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_44.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de Minhocário nas escolas municipais</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_45.pdf</t>
+  </si>
+  <si>
+    <t>Melhoria na iluminação pública na Praça da Liberdade</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_46.pdf</t>
+  </si>
+  <si>
+    <t>Contratação de um Psicólogo em tempo integral</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Vereador Claudir Antônio Ludwig, Vereador Dalcir Luis Ebeling</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_47.pdf</t>
+  </si>
+  <si>
+    <t>Colocação de um quebra-molas em Arroio Canoas</t>
+  </si>
+  <si>
     <t>1731</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1731/mocao_01.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1731/mocao_01.2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO à ao Decreto Lei 36, de 28 de março de 2025 que impõe restrições inéditas ao reconhecimento da cidadania italiana a descendentes</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1739/mocao_02.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1739/mocao_02.2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO pela restauração urgente da Secretaria Estadual de Políticas para Mulheres no Rio Grande do Sul</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1793/mocao_03.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1793/mocao_03.2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO à realização de auditoria no Instituto de Previdência do Estado do Rio Grande do Sul – IPE Saúde. A formação de uma COMISSÃO PARLAMENTAR DE INQUÉRITO – CPI, visa fortalecer a governança, melhorar o controle e assim, reafirmar o compromisso com a transparência.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CGP - Comissão Geral de Pareceres</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1689/proj._dec._01_-_quadrimestre.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1689/proj._dec._01_-_quadrimestre.pdf</t>
   </si>
   <si>
     <t>Aprova a prestação de contas da Gestão Fiscal do Terceiro Quadrimestre de 2024 do Município de Barão.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1792/proj._dec._02.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1792/proj._dec._02.2025.pdf</t>
   </si>
   <si>
     <t>Aprova a prestação de contas da Gestão Fiscal do Primeiro Quadrimestre de 2025 do município de Barão</t>
   </si>
   <si>
+    <t>1852</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1852/proj._dec._03.2025.pdf</t>
+  </si>
+  <si>
+    <t>Aprova a Prestação de Contas da Gestão Fiscal do Segundo Quadrimestre de 2025 do município de Barão.</t>
+  </si>
+  <si>
     <t>1622</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Mandato 2025/2028</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1622/pl_2910_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1622/pl_2910_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por superávit financeiro no valor de R$ 687.287,64 (seiscentos e oitenta e sete mil, duzentos e oitenta e sete reais e sessenta e quatro centavos)</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1623/pl_2911_-_contratacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1623/pl_2911_-_contratacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público na função de Monitor Escolar.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1624/pl_2912_-_contratacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1624/pl_2912_-_contratacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público na função de Monitor de Educação Infantil</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1625/pl_2913_-_contratacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1625/pl_2913_-_contratacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público na função de professor de Educação Infantil</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1626/pl_2914_-_contratacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1626/pl_2914_-_contratacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público na função de Professor de Anos Iniciais do Ensino Fundamental</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1627/pl_2915_-_altera_lei_1665.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1627/pl_2915_-_altera_lei_1665.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1665 de 04 de abril de 2012 que dispõe sobre o Plano de Carreira do Magistério.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_2916_-_altera_lei_1183.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_2916_-_altera_lei_1183.pdf</t>
   </si>
   <si>
     <t>Altera Lei Municipal nº 1183 de 07 de junho de 2006 que dispõe sobre o Plano de Carreira dos Servidores. Altera as leis Municipais nº 1194/2006, nº 1229/2006, nº 1509/2010, nº 1771/2013, nº 1857/2014, nº 1971/2015 e nº 2613/2022.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1629/pl_2917_-_cessao_de_uso.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1629/pl_2917_-_cessao_de_uso.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder Cessão de Uso de Bens Móveis e dá outras providências</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1631/pl_2918_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1631/pl_2918_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por superávit financeiro no valor de R$ 320.213,00 (trezentos e vinte mil, duzentos e treze reais) e dá outras providências</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1635/pl_2919_-_permuta.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1635/pl_2919_-_permuta.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conveniar com o Município de Salvador do Sul / RS, para permutar professores.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1636/pl_2920_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1636/pl_2920_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 300.000,00 (trezentos mil reais)</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1655/pl_2921_-_perimetro_urbano.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1655/pl_2921_-_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Cria e unifica o perímetro urbano de Barão e dá outras providências</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1656/pl_2922_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1656/pl_2922_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação no valor de R$ 200,00</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1657/pl_2923_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1657/pl_2923_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa verba orçamentária por excesso de arrecadação no valor de R$ 1.000.000,00</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>Executivo Municipal - Mandato 2021/2024</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1661/pl_2924_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1661/pl_2924_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro no valor de R$ 7.500,00.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1662/pl_2925_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1662/pl_2925_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro no valor de R$ 3.764,68</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1663/pl_2926_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1663/pl_2926_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação no valor de R$ 11.791,35</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1664/pl_2927_-_ags.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1664/pl_2927_-_ags.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público na função de Agente Comunitário de Saúde</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1670/pl_2928_-_altera_lei_1183.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1670/pl_2928_-_altera_lei_1183.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da lei Municipal nº 1183 de 07 de 07 de junho de 2006 que dispõe sobre o Plano de Carreira dos Servidores.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1671/pl_2929_-_contratacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1671/pl_2929_-_contratacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público nas funções de professor dos anos iniciais do ensino fundamental e professor de educação infantil.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1672/pl_2930_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1672/pl_2930_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro no valor de R$ 35.000,00</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1675/pl_2931_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1675/pl_2931_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre créditos especiais por reduções orçamentárias no valor de R$ 386.235,01</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1676/pl_2932_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1676/pl_2932_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa Verba Orçamentária por Superávit Financeiro no valor de R$ 8.632,68</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1677/pl_2933_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1677/pl_2933_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Créditos Especiais por Reduções Orçamentárias no valor de R$ 280.000,00</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1678/pl_2934_-_contratacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1678/pl_2934_-_contratacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público na função de professor de educação infantil</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1679/pl_2935_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1679/pl_2935_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Concede revisão na remuneração dos Conselheiros Tutelares fixada pela Lei Municipal nº 1794/2013</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_2936_-_ags.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_2936_-_ags.pdf</t>
   </si>
   <si>
     <t>Concede revisão do vencimento do emprego de Agente Comunitário de Saúde criado pela Lei Municipal nº 1089/2005, nos termos da Emenda Constitucional nº 120/2022</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_2937_-_revisao_geral.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_2937_-_revisao_geral.pdf</t>
   </si>
   <si>
     <t>Estabelece índice para revisão geral anual e concede reajuste dos vencimentos dos servidores, dos proventos e das pensões do Poder Executivo</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1688/pl_2938_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1688/pl_2938_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro no valor de R$ 160.000,00</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1692/pl_2939_-_radio.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1692/pl_2939_-_radio.pdf</t>
   </si>
   <si>
     <t>Disciplina a concessão de patrocínio, na forma de apoio cultural, à radiodifusão comunitária no território do município de Barão.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1693/pl_2940_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1693/pl_2940_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Créditos Especiais por reduções Orçaementárias no valor de R$ 363.732,15</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1694/pl_2941_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1694/pl_2941_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Redução Orçamentária no valor de R$ 60.500,00</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1695/pl_2942_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1695/pl_2942_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa Verba Orçamentária por Superávit Financeiro no valor de R$ 6.249,59</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1696/pl_2943_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1696/pl_2943_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Redução Orçamentária no valor de R$ 5.000,00</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1697/pl_2944_-_fundo_da_cultura.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1697/pl_2944_-_fundo_da_cultura.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal da Cultura</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1698/pl_2945_-_plano_da_cultura.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1698/pl_2945_-_plano_da_cultura.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal da Cultura</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1699/pl_2946_-_contratacao_ags.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1699/pl_2946_-_contratacao_ags.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público, na função de Agente Comunitário de Saúde</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1700/pl_2947_-_monitor.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1700/pl_2947_-_monitor.pdf</t>
   </si>
   <si>
     <t>Cria a categoria funcional de Monitor Escolar</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1701/pl_2948_-_hospital_subvencao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1701/pl_2948_-_hospital_subvencao.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Associação Beneficente Hospital São José de Barão e dá outras providências</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1710/pl_2949_-_contratacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1710/pl_2949_-_contratacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público na função de Monitor de Educação Infantil.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1713/pl_2950_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1713/pl_2950_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa Verba Orçamentária por Superávit Financeiro no valor de R$ 1.264.103,18</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1714/pl_2951_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1714/pl_2951_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro no valor de R$ 471.759,79</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1715/pl_2952_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1715/pl_2952_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação no valor de R$ 70.000,00</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1716/pl_2953_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1716/pl_2953_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Redução Orçamentária no valor de R$ 18.530,00</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_2954_-_pmef.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_2954_-_pmef.pdf</t>
   </si>
   <si>
     <t>Reestrutura o programa Municipal de Educação Fiscal - PMEF</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_2955_-_aci.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_2955_-_aci.pdf</t>
   </si>
   <si>
     <t>Concede Contribuição Corrente à Associação Comercial e Industrial Baronense e dá outras providências</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1720/pl_2956_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1720/pl_2956_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito especial por excesso de arrecadação no valor de R$ 7.639,00</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1721/pl_2957_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1721/pl_2957_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Redução Orçamentária no valor de R$ 10.692,50</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1722/pl_2958_-_estagio.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1722/pl_2958_-_estagio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre estágio curricular de estudantes em órgãos da Administração pública Municipal</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1727/pl_2959_-_compensacao_de_debitos.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1727/pl_2959_-_compensacao_de_debitos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Barão a celebrar compensação de débitos fiscais com a empresa Quantra Indústria de Móveis Ltda, institui condições para parcelamento do saldo remanescente com concessão de incentivos fiscais e autoriza suplementação de verba orçamentária por excesso de arrecadação.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1728/pl_2960_-_honorarios_procuradores.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1728/pl_2960_-_honorarios_procuradores.pdf</t>
   </si>
   <si>
     <t>Regulamenta o repasse de honorários de sucumbência aos procuradores do Município de barão na forma dos parágrafos 14 e 19 do artigo 85 do Código Civil, Lei Federal nº 13.105/2015, fixa critérios para o rateio e dá outras providências.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1730/pl_2961_-_brucelose.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1730/pl_2961_-_brucelose.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal de combate à brucelose bovina no município de Barão e dá outras providências</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_2962_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_2962_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa e reduz verba Orçamentária no valor de R$ 258.000,00</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1735/pl_2963_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1735/pl_2963_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 70.000,00</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1736/pl_2964_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1736/pl_2964_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 12.403,79</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1738/pl_2965_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1738/pl_2965_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 68.500,00</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1742/pl_2966_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1742/pl_2966_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementação Verba Orçamentária por Superávit Financeiro, no valor de R$ 23.124,71</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1743/pl_2967_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1743/pl_2967_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, no valor de R$ 13.920,69</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1744/pl_2968_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1744/pl_2968_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 159.561,58</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1745/pl_2969_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1745/pl_2969_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Redução Orçamentária no valor de R$ 25.385,00</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1746/pl_2970_-_ppa.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1746/pl_2970_-_ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o Quadriênio 2026-2029 e dá outras providências</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1749/pl_2971_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1749/pl_2971_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação no valor de R$ 20.000,00</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1750/pl_2972_-_contribuicao_de_melhoria.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1750/pl_2972_-_contribuicao_de_melhoria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a cobrar Contribuição de Melhoria decorrente de Obras Públicas de pavimentação em blocos Inter travados de concreto na Rua Avelino Balduíno Bourscheid</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1751/pl_2973_-_contribuicao_de_melhoria.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1751/pl_2973_-_contribuicao_de_melhoria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a cobrar Contribuição de Melhoria decorrente de Obras Públicas de pavimentação asfáltica nas localidades de Linha Rodrigues da Rosa, Linha Pimenta e Arroio Canoas</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1752/pl_2974_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1752/pl_2974_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 20.000,00</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1753/pl_2975_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1753/pl_2975_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por redução orçamentária no valor de R$ 4.125,00</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_2976_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_2976_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação no valor de R$ 146.250,00</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pl_2977_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pl_2977_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa Verba Orçamentária por excesso de arrecadação no valor de R$ 90.000,00</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_2978_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_2978_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito especial por excesso de arrecadação no valor de R$ 9.750,00</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1761/pl_2979_-_food_trucks.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1761/pl_2979_-_food_trucks.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a comercialização ambulante de alimentos e bebidas sobre rodas - Food Trucks, nos espaços públicos, logradouros e praças do Município de Barão/RS e dá outras providências.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1762/pl_2980_-_ver_para_aprender.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1762/pl_2980_-_ver_para_aprender.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal " Ver para Aprender" destinado a doação de óculos de grau a crianças e adolescentes da rede pública de ensino do município de Barão / RS e dá outras providências</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1767/pl_2981_-_apps.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1767/pl_2981_-_apps.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a delimitação das faixas de áreas de preservação permanente (APPS) em área urbana consolidada do município de Barão/RS e dá outras providências.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1768/pl_2982_-_leilao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1768/pl_2982_-_leilao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Alienar Bens Móveis do Município</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/pl_2983_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/pl_2983_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 205.000,00</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1770/pl_2984_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1770/pl_2984_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por redução orçamentária no valor de R$ 8.000,00</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1771/pl_2985_-_suplementacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1771/pl_2985_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Suplementa verba orçamentária por excesso de arrecadação no valor de R$ 893.142,00</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1772/pl_2986_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1772/pl_2986_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar por excesso de arrecadação no valor de R$ 1.100.000,00</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1773/pl_2987_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1773/pl_2987_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 300.000,00</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1777/pl_2988_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1777/pl_2988_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 104.000,00</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1778/pl_2989_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1778/pl_2989_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar por redução orçamentária no valor de R$ 463.535,00</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1783/pl_2990_-_doacao_caixa_dagua.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1783/pl_2990_-_doacao_caixa_dagua.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a doar bens móveis (caixas d'água) às associações de moradores que especifica e dá outras providências</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1784/pl_2991_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1784/pl_2991_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar por excesso de arrecadação no valor de R$ 20.000,00 (vinte mil reais)</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1794/pl_2992_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1794/pl_2992_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação e redução orçamentária no valor de R$ 40.489,74</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1795/pl_2993_-_altera_lei_2823.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1795/pl_2993_-_altera_lei_2823.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 47 da Lei Municipal nº 2823, de 03 de abril de 2024, que dispõe sobre o Regime Próprio de Previdência Social - RPPS dos servidores públicos efetivos do Município de Barão.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1803/pl_2994_-_ldo_2026.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1803/pl_2994_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2026</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1804/pl_2995_-_plano_educacao.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1804/pl_2995_-_plano_educacao.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo de vigência do Plano Municipal de Educação de que trata a Lei Municipal nº 2005 de 19 de junho de 2015</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1805/pl_2996_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1805/pl_2996_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito especial por excesso de arrecadação no valor de R$ 198.000,00</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1806/pl_2997_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1806/pl_2997_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito suplementar por excesso de arrecadação no valor de R$ 179.397,73</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1807/pl_2998_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1807/pl_2998_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar por excesso de arrecadação no valor de R$ 6.463,80</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/pl_2999_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/pl_2999_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação no valor de R$ 50.000,00</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1812/pl_3000_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1812/pl_3000_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar por excesso de arrecadação no valor de R$ 1.075.000,00</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1813/pl_3001_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1813/pl_3001_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar por redução orçamentária no valor de R$ 227.000,00</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1818/pl_3002_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1818/pl_3002_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Redução Orçamentária no valor de R$ 4.538,13</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1819/pl_3003_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1819/pl_3003_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar por excesso de arrecadação no valor de R$ 200,00</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1820/pl_3004_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1820/pl_3004_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1821/pl_3005_-_cessao_de_uso.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1821/pl_3005_-_cessao_de_uso.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder Cessão de Uso de Bem Móvel e dá outras providências</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1822/pl_3006_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1822/pl_3006_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no valor de R$ 22.734,91 (vinte e dois mil setecentos e trinta e quatro reais e noventa e um centavos)</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1823/pl_3007_-_pmef.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1823/pl_3007_-_pmef.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Educação Fiscal - PMEF</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_3008_-_altera_lei_947.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_3008_-_altera_lei_947.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 53 da Lei Municipal nº 947 de 16 de setembro de 2003, que dispõe sobre o parcelamento do solo para fins urbanos, a instituição de condomínios por unidades autônomas constituídas por duas ou mais edificações destinadas à habitação unifamiliar ou coletiva.</t>
   </si>
   <si>
+    <t>1825</t>
+  </si>
+  <si>
+    <t>3009</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1825/pl_3009_-_impostos.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste, o calendário de pagamento e os descontos concedidos sobre o IPTU, o ISSQN - Fixo e sobre as taxas municipais e fixa o Valor da Unidade de Referência Municipal - URM.</t>
+  </si>
+  <si>
+    <t>1826</t>
+  </si>
+  <si>
+    <t>3010</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1826/pl_3010_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por redução orçamentária no valor de R$ 200.000,00 (duzentos mil reais) proveniente de outra entidade.</t>
+  </si>
+  <si>
+    <t>1827</t>
+  </si>
+  <si>
+    <t>3011</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1827/pl_3011_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito suplementar por redução orçamentária no valor de R$ 113.000,00 (cento e treze mil reais)</t>
+  </si>
+  <si>
+    <t>1828</t>
+  </si>
+  <si>
+    <t>3012</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1828/pl_3012_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito especial por excesso de arrecadação no valor de R$ 23.030,73 (vinte e três mil, trinta reais com setenta e três centavos)</t>
+  </si>
+  <si>
+    <t>1829</t>
+  </si>
+  <si>
+    <t>3013</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1829/pl_3013_-_altera_lei_1994.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1994 de 07 de maio de 2015, que dispõe sobre a obrigatoriedade de uso de uniformes escolares</t>
+  </si>
+  <si>
+    <t>1830</t>
+  </si>
+  <si>
+    <t>3014</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1830/pl_3014_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito Especial por redução orçamentária no valor de R$ 50.000,00</t>
+  </si>
+  <si>
+    <t>1831</t>
+  </si>
+  <si>
+    <t>3015</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1831/pl_3015_-_loa.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Município de Barão para o Exercício Financeiro de 2026</t>
+  </si>
+  <si>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>3016</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1832/pl_3016_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito Especial por excesso de arrecadação no valor de R$ 556.400,00</t>
+  </si>
+  <si>
+    <t>1833</t>
+  </si>
+  <si>
+    <t>3017</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1833/pl_3017_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito Suplementar por redução orçamentária no valor de R$ 372.000,00</t>
+  </si>
+  <si>
+    <t>1834</t>
+  </si>
+  <si>
+    <t>3018</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1834/pl_3018_-_contratacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público, na função de Agente Comunitário de Saúde.</t>
+  </si>
+  <si>
+    <t>1835</t>
+  </si>
+  <si>
+    <t>3019</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1835/pl_3019_-_altera_leis_2920_e_2959.pdf</t>
+  </si>
+  <si>
+    <t>Altera as leis Municipais nº 2920 de 07 de janeiro de 2025 e nº 2959 de 16 de abril de 2025, que autorizam contratações temporárias de pessoal, por excepcional interesse público</t>
+  </si>
+  <si>
+    <t>1836</t>
+  </si>
+  <si>
+    <t>3020</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1836/pl_3020_-_altera_lei_2935.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 2935 de 20 de fevereiro de 2025 que autoriza contratações temporárias de pessoal por excepcional interesse público</t>
+  </si>
+  <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>3021</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1837/pl_3021_-_altera_lei_2922.pdf</t>
+  </si>
+  <si>
+    <t>Altera Lei Municipal nº 2922 de 23 de janeiro de 2025 que autoriza contratações temporárias de pessoal por excepcional interesse público</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>3022</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1838/pl_3022_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito especial por excesso de arrecadação e redução orçamentária no valor de R$ 118.542,60</t>
+  </si>
+  <si>
+    <t>1839</t>
+  </si>
+  <si>
+    <t>3023</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1839/pl_3023_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito Suplementar por excesso de arrecadação no valor de R$ 103.141,90</t>
+  </si>
+  <si>
+    <t>1842</t>
+  </si>
+  <si>
+    <t>3024</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1842/pl_3024_-_altera_lei_1994.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1994 de 21 de junho de 2006 que reestruturou o Sistema de Controle Interno no Município</t>
+  </si>
+  <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>3025</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1843/pl_3025_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito suplementar por excesso de arrecadação no valor de R$ 60.000,00</t>
+  </si>
+  <si>
+    <t>1844</t>
+  </si>
+  <si>
+    <t>3026</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1844/pl_3026_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito especial por excesso de arrecadação no valor de R$ 500.000,00</t>
+  </si>
+  <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>3027</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1845/pl_3027_-_contratacao_temporaria.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a contratar pessoal por necessidade temporária de excepcional interesse público na função de professor de anos iniciais do Ensino Fundamental.</t>
+  </si>
+  <si>
+    <t>1846</t>
+  </si>
+  <si>
+    <t>3028</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1846/pl_3028_-_contratacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a contratar pessoal, por necessidade temporária de excepcional interesse público, na função de Agente Comunitário de Saúde</t>
+  </si>
+  <si>
+    <t>1847</t>
+  </si>
+  <si>
+    <t>3029</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1847/pl_3029_-_contratacao.pdf</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>3030</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1848/pl_3030_-_convenio_hospital.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o poder Executivo a firmar convênio com a Associação Beneficente Hospital São José de Barão para a prestação de serviços de mamografia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1849</t>
+  </si>
+  <si>
+    <t>3031</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1849/pl_3031_-_cria_cargo.pdf</t>
+  </si>
+  <si>
+    <t>Cria cargo na categoria funcional de Fiscal, integrante da Lei Municipal nº 1183 de 07 de junho de 2006 que dispõe sobre o Plano de Carreira dos Servidores</t>
+  </si>
+  <si>
+    <t>1850</t>
+  </si>
+  <si>
+    <t>3032</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1850/pl_3032_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre Crédito Especial por excesso de arrecadação no valor de R$ 144.000,00 (cento e quarenta e quatro mil reais)</t>
+  </si>
+  <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>3033</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1851/pl_3033_-_gestao_democratica.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Gestão Democrática do Ensino Público no Município de Barão.</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>3034</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1854/pl_3034_-_contribuicao_de_melhoria.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a cobrar contribuição de melhoria decorrente de obras públicas de pavimentação da Rua Professora Maria Edith Selbach</t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>3035</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1853/pl_3035_-_agua_cairu.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Barão a receber em doação bens móveis, materiais de consumo, equipamentos e infraestrutura pertencentes à Associação do Sistema Comunitário de Abastecimento de Água de Linha Cairú, Rodrigues da Rosa e Morro Seibel.</t>
+  </si>
+  <si>
+    <t>1855</t>
+  </si>
+  <si>
+    <t>3036</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1855/pl_3036_-_abertura_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por redução orçamentária no valor de R$ 200.000,00 proveniente de outra entidade</t>
+  </si>
+  <si>
+    <t>1857</t>
+  </si>
+  <si>
+    <t>3037</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1857/pl_3037_-_transporte_estudantes.pdf</t>
+  </si>
+  <si>
+    <t>Institui o novo Programa Municipal de Auxílio ao Transporte para Estudantes, revoga a Lei Municipal nº 2339 de 19 de dezembro de 2019 e dá outras providências.</t>
+  </si>
+  <si>
     <t>1630</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Vereador Alexandre Scheuchuk</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_01.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_01.2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de Afastamento</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1690/requerimento_02.2025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1690/requerimento_02.2025.pdf</t>
   </si>
   <si>
     <t>Menção Honrosa</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_de_afastamento.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_de_afastamento.pdf</t>
   </si>
   <si>
     <t>Requerimento de Afastamento da Câmara</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1788/requerimento_04.25.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1788/requerimento_04.25.pdf</t>
   </si>
   <si>
     <t>Requerimento de afastamento Vereador Alexandre Scheuchuk</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1789/requerimento_05.25.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1789/requerimento_05.25.pdf</t>
   </si>
   <si>
     <t>Requerimento afastamento Vereadora Neide Ferrari</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1682/pl_leg._01_-_revisao_camara.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1682/pl_leg._01_-_revisao_camara.pdf</t>
   </si>
   <si>
     <t>Estabelece índices para a revisão geral anual e concede reajuste dos vencimentos dos Servidores do Poder Legislativo</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1723/pl_leg._02_-_isencao_iptu.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1723/pl_leg._02_-_isencao_iptu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de isenção de IPTU para pessoas com transtorno do espectro autista (TEA) e pessoas doentes em estágio terminal e dá outras providências.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1724/pl_leg._03_-_prioridade_atendimento.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1724/pl_leg._03_-_prioridade_atendimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade no atendimento nos serviços públicos municipais às mães, pais e cuidadores atípicos e dá outras providências.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1791/pl_leg._04.25_-_acougues.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1791/pl_leg._04.25_-_acougues.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNCIONAMENTO DE CASAS DE CARNES, ESTABELECIMENTOS DE COMÉRCIO VAREJISTA DE CARNES IN NATURA E/OU TRANSFORMADAS, AÇOUGUES DE MINIMERCADOS, MERCADOS, SUPERMERCADOS E ESTABELECIMENTOS AFINS, NO MUNICÍPIO DE BARÃO</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>Vereador Ademar Gauger</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_leg._05_-_feriado.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_leg._05_-_feriado.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2137 de 27 de março de 2017 que dispõe sobre os feriados municipais.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1644/ata_de_posse-_2025-2028.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1644/ata_de_posse-_2025-2028.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Solene de Posse da Décima Legislatura do Município</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1645/ata_1015.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1645/ata_1015.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 06 de janeiro de 2025</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1646/ata_1016.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1646/ata_1016.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 13 de janeiro de 2025</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1660/ata_1017.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1660/ata_1017.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 20 de janeiro de 2025</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1665/ata_1018.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1665/ata_1018.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 27 de janeiro de 2025</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1674/ata_1019.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1674/ata_1019.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 03 de fevereiro de 2025</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1684/ata_1020.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1684/ata_1020.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 10 de fevereiro de 2025</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1691/ata_1021.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1691/ata_1021.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 17 de fevereiro de 2025</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1702/ata_1022.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1702/ata_1022.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 24 de fevereiro de 2025</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_1023.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_1023.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 10 de março de 2025</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1704/ata_1024.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1704/ata_1024.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 17 de março de 2025</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1712/ata_1025.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1712/ata_1025.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 24 de março de 2025</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1718/ata_1026.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1718/ata_1026.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 07 de abril de 2025</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1725/ata_1027.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1725/ata_1027.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 14 de abril de 2025</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1729/ata_1028.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1729/ata_1028.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 28 de abril de 2025</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1732/ata_1029.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1732/ata_1029.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 05 de maio de 2025</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1737/ata_1030.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1737/ata_1030.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 19 de maio de 2025</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1747/ata_1031.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1747/ata_1031.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 26 de maio de 2025</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1754/ata_1032.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1754/ata_1032.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 02 de junho de 2025</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1755/ata_1033.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1755/ata_1033.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 09 de junho de 2025</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1763/ata_1034.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1763/ata_1034.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 16 de junho de 2025</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/ata_1035.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/ata_1035.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 23 de junho de 2025</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1779/ata_1036.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1779/ata_1036.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 07 de julho de 2025</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/ata_1037.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/ata_1037.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 14 de julho de 2025</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/ata_1038.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/ata_1038.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 21 de julho de 2025</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1797/ata_1039.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1797/ata_1039.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 28 de julho de 2025</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1798/ata_1040.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1798/ata_1040.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 04 de agosto de 2025</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1799/ata_1041.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1799/ata_1041.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 11 de agosto de 2025</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1800/ata_1042.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1800/ata_1042.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 18 de agosto de 2025</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1809/ata_1043.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1809/ata_1043.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 25 de agosto de 2025</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1810/ata_1044.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1810/ata_1044.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 1º de setembro de 2025</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1814/ata_1045.pdf</t>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1814/ata_1045.pdf</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 08 de setembro de 2025</t>
+  </si>
+  <si>
+    <t>1862</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1862/ata_1046.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária do dia 15 de setembro de 2025</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1863/ata_1047.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária do dia 22 de setembro de 2025</t>
+  </si>
+  <si>
+    <t>1864</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1864/ata_1048.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão ordinária do dia 06 de outubro de 2025</t>
+  </si>
+  <si>
+    <t>1865</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1865/ata_1049.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária do dia 13 de outubro de 2025</t>
+  </si>
+  <si>
+    <t>1867</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1867/ata_1050.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária do dia 27 de outubro de 2025</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1868/ata_1051.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão ordinária do dia 03 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>1869</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária do dia 10 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1870/ata_1053.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão ordinária do dia 17 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>1871</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1871/ata_1054.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão ordinária do dia 24 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>1872</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1872/ata_1055.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão ordinária do dia 1º de dezembro de 2025</t>
+  </si>
+  <si>
+    <t>1873</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1873/ata_1056.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária do dia 08 de dezembro de 2025</t>
+  </si>
+  <si>
+    <t>1866</t>
+  </si>
+  <si>
+    <t>10492</t>
+  </si>
+  <si>
+    <t>http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1866/ata_1049.2.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Sessão ordinária do dia 20 de outubro de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2676,67 +3246,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1709/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_23_alt.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1731/mocao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1739/mocao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1793/mocao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1689/proj._dec._01_-_quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1792/proj._dec._02.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1622/pl_2910_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1623/pl_2911_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1624/pl_2912_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1625/pl_2913_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1626/pl_2914_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1627/pl_2915_-_altera_lei_1665.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_2916_-_altera_lei_1183.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1629/pl_2917_-_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1631/pl_2918_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1635/pl_2919_-_permuta.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1636/pl_2920_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1655/pl_2921_-_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1656/pl_2922_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1657/pl_2923_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1661/pl_2924_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1662/pl_2925_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1663/pl_2926_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1664/pl_2927_-_ags.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1670/pl_2928_-_altera_lei_1183.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1671/pl_2929_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1672/pl_2930_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1675/pl_2931_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1676/pl_2932_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1677/pl_2933_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1678/pl_2934_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1679/pl_2935_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_2936_-_ags.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_2937_-_revisao_geral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1688/pl_2938_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1692/pl_2939_-_radio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1693/pl_2940_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1694/pl_2941_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1695/pl_2942_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1696/pl_2943_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1697/pl_2944_-_fundo_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1698/pl_2945_-_plano_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1699/pl_2946_-_contratacao_ags.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1700/pl_2947_-_monitor.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1701/pl_2948_-_hospital_subvencao.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1710/pl_2949_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1713/pl_2950_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1714/pl_2951_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1715/pl_2952_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1716/pl_2953_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_2954_-_pmef.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_2955_-_aci.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1720/pl_2956_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1721/pl_2957_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1722/pl_2958_-_estagio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1727/pl_2959_-_compensacao_de_debitos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1728/pl_2960_-_honorarios_procuradores.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1730/pl_2961_-_brucelose.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_2962_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1735/pl_2963_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1736/pl_2964_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1738/pl_2965_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1742/pl_2966_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1743/pl_2967_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1744/pl_2968_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1745/pl_2969_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1746/pl_2970_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1749/pl_2971_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1750/pl_2972_-_contribuicao_de_melhoria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1751/pl_2973_-_contribuicao_de_melhoria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1752/pl_2974_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1753/pl_2975_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_2976_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pl_2977_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_2978_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1761/pl_2979_-_food_trucks.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1762/pl_2980_-_ver_para_aprender.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1767/pl_2981_-_apps.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1768/pl_2982_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/pl_2983_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1770/pl_2984_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1771/pl_2985_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1772/pl_2986_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1773/pl_2987_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1777/pl_2988_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1778/pl_2989_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1783/pl_2990_-_doacao_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1784/pl_2991_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1794/pl_2992_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1795/pl_2993_-_altera_lei_2823.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1803/pl_2994_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1804/pl_2995_-_plano_educacao.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1805/pl_2996_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1806/pl_2997_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1807/pl_2998_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/pl_2999_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1812/pl_3000_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1813/pl_3001_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1818/pl_3002_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1819/pl_3003_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1820/pl_3004_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1821/pl_3005_-_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1822/pl_3006_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1823/pl_3007_-_pmef.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_3008_-_altera_lei_947.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_01.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1690/requerimento_02.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_de_afastamento.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1788/requerimento_04.25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1789/requerimento_05.25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1682/pl_leg._01_-_revisao_camara.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1723/pl_leg._02_-_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1724/pl_leg._03_-_prioridade_atendimento.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1791/pl_leg._04.25_-_acougues.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_leg._05_-_feriado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1644/ata_de_posse-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1645/ata_1015.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1646/ata_1016.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1660/ata_1017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1665/ata_1018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1674/ata_1019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1684/ata_1020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1691/ata_1021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1702/ata_1022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_1023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1704/ata_1024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1712/ata_1025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1718/ata_1026.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1725/ata_1027.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1729/ata_1028.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1732/ata_1029.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1737/ata_1030.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1747/ata_1031.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1754/ata_1032.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1755/ata_1033.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1763/ata_1034.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/ata_1035.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1779/ata_1036.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/ata_1037.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/ata_1038.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1797/ata_1039.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1798/ata_1040.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1799/ata_1041.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1800/ata_1042.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1809/ata_1043.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1810/ata_1044.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1814/ata_1045.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1709/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_23_alt.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1731/mocao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1739/mocao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1793/mocao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1689/proj._dec._01_-_quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1792/proj._dec._02.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1852/proj._dec._03.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1622/pl_2910_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1623/pl_2911_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1624/pl_2912_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1625/pl_2913_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1626/pl_2914_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1627/pl_2915_-_altera_lei_1665.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_2916_-_altera_lei_1183.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1629/pl_2917_-_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1631/pl_2918_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1635/pl_2919_-_permuta.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1636/pl_2920_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1655/pl_2921_-_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1656/pl_2922_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1657/pl_2923_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1661/pl_2924_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1662/pl_2925_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1663/pl_2926_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1664/pl_2927_-_ags.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1670/pl_2928_-_altera_lei_1183.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1671/pl_2929_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1672/pl_2930_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1675/pl_2931_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1676/pl_2932_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1677/pl_2933_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1678/pl_2934_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1679/pl_2935_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_2936_-_ags.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_2937_-_revisao_geral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1688/pl_2938_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1692/pl_2939_-_radio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1693/pl_2940_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1694/pl_2941_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1695/pl_2942_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1696/pl_2943_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1697/pl_2944_-_fundo_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1698/pl_2945_-_plano_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1699/pl_2946_-_contratacao_ags.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1700/pl_2947_-_monitor.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1701/pl_2948_-_hospital_subvencao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1710/pl_2949_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1713/pl_2950_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1714/pl_2951_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1715/pl_2952_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1716/pl_2953_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_2954_-_pmef.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_2955_-_aci.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1720/pl_2956_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1721/pl_2957_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1722/pl_2958_-_estagio.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1727/pl_2959_-_compensacao_de_debitos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1728/pl_2960_-_honorarios_procuradores.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1730/pl_2961_-_brucelose.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_2962_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1735/pl_2963_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1736/pl_2964_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1738/pl_2965_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1742/pl_2966_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1743/pl_2967_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1744/pl_2968_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1745/pl_2969_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1746/pl_2970_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1749/pl_2971_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1750/pl_2972_-_contribuicao_de_melhoria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1751/pl_2973_-_contribuicao_de_melhoria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1752/pl_2974_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1753/pl_2975_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_2976_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pl_2977_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_2978_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1761/pl_2979_-_food_trucks.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1762/pl_2980_-_ver_para_aprender.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1767/pl_2981_-_apps.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1768/pl_2982_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/pl_2983_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1770/pl_2984_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1771/pl_2985_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1772/pl_2986_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1773/pl_2987_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1777/pl_2988_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1778/pl_2989_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1783/pl_2990_-_doacao_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1784/pl_2991_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1794/pl_2992_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1795/pl_2993_-_altera_lei_2823.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1803/pl_2994_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1804/pl_2995_-_plano_educacao.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1805/pl_2996_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1806/pl_2997_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1807/pl_2998_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/pl_2999_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1812/pl_3000_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1813/pl_3001_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1818/pl_3002_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1819/pl_3003_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1820/pl_3004_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1821/pl_3005_-_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1822/pl_3006_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1823/pl_3007_-_pmef.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_3008_-_altera_lei_947.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1825/pl_3009_-_impostos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1826/pl_3010_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1827/pl_3011_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1828/pl_3012_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1829/pl_3013_-_altera_lei_1994.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1830/pl_3014_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1831/pl_3015_-_loa.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1832/pl_3016_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1833/pl_3017_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1834/pl_3018_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1835/pl_3019_-_altera_leis_2920_e_2959.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1836/pl_3020_-_altera_lei_2935.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1837/pl_3021_-_altera_lei_2922.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1838/pl_3022_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1839/pl_3023_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1842/pl_3024_-_altera_lei_1994.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1843/pl_3025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1844/pl_3026_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1845/pl_3027_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1846/pl_3028_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1847/pl_3029_-_contratacao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1848/pl_3030_-_convenio_hospital.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1849/pl_3031_-_cria_cargo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1850/pl_3032_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1851/pl_3033_-_gestao_democratica.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1854/pl_3034_-_contribuicao_de_melhoria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1853/pl_3035_-_agua_cairu.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1855/pl_3036_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1857/pl_3037_-_transporte_estudantes.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_01.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1690/requerimento_02.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_de_afastamento.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1788/requerimento_04.25.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1789/requerimento_05.25.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1682/pl_leg._01_-_revisao_camara.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1723/pl_leg._02_-_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1724/pl_leg._03_-_prioridade_atendimento.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1791/pl_leg._04.25_-_acougues.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_leg._05_-_feriado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1644/ata_de_posse-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1645/ata_1015.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1646/ata_1016.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1660/ata_1017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1665/ata_1018.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1674/ata_1019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1684/ata_1020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1691/ata_1021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1702/ata_1022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_1023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1704/ata_1024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1712/ata_1025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1718/ata_1026.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1725/ata_1027.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1729/ata_1028.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1732/ata_1029.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1737/ata_1030.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1747/ata_1031.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1754/ata_1032.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1755/ata_1033.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1763/ata_1034.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/ata_1035.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1779/ata_1036.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/ata_1037.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/ata_1038.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1797/ata_1039.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1798/ata_1040.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1799/ata_1041.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1800/ata_1042.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1809/ata_1043.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1810/ata_1044.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1814/ata_1045.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1862/ata_1046.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1863/ata_1047.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1864/ata_1048.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1865/ata_1049.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1867/ata_1050.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1868/ata_1051.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1870/ata_1053.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1871/ata_1054.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1872/ata_1055.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1873/ata_1056.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barao.rs.leg.br/media/sapl/public/materialegislativa/2025/1866/ata_1049.2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H188"/>
+  <dimension ref="A1:H236"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="97.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3796,3740 +4366,4952 @@
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>185</v>
       </c>
       <c r="H42" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>187</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>188</v>
       </c>
       <c r="D43" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>49</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>191</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>192</v>
       </c>
-      <c r="B44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>99</v>
+        <v>49</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H44" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>195</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="D45" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H45" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="D46" t="s">
-        <v>199</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
+        <v>144</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>203</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>204</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>199</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>201</v>
+        <v>23</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>205</v>
       </c>
       <c r="H47" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>207</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>208</v>
       </c>
       <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
         <v>209</v>
       </c>
-      <c r="E48" t="s">
+      <c r="G48" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="F48" t="s">
+      <c r="H48" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>212</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" t="s">
+        <v>213</v>
+      </c>
+      <c r="E49" t="s">
         <v>214</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="F49" t="s">
+        <v>54</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>217</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" t="s">
+        <v>213</v>
+      </c>
+      <c r="E50" t="s">
+        <v>214</v>
+      </c>
+      <c r="F50" t="s">
+        <v>99</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="H50" t="s">
         <v>219</v>
-      </c>
-[...13 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>220</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>22</v>
+      </c>
+      <c r="D51" t="s">
+        <v>213</v>
+      </c>
+      <c r="E51" t="s">
+        <v>214</v>
+      </c>
+      <c r="F51" t="s">
+        <v>18</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H51" t="s">
         <v>222</v>
-      </c>
-[...19 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>223</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" t="s">
+        <v>224</v>
+      </c>
+      <c r="E52" t="s">
+        <v>225</v>
+      </c>
+      <c r="F52" t="s">
         <v>226</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="G52" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>229</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>17</v>
+      </c>
+      <c r="D53" t="s">
+        <v>224</v>
+      </c>
+      <c r="E53" t="s">
+        <v>225</v>
+      </c>
+      <c r="F53" t="s">
+        <v>226</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="H53" t="s">
         <v>231</v>
-      </c>
-[...13 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>232</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>22</v>
+      </c>
+      <c r="D54" t="s">
+        <v>224</v>
+      </c>
+      <c r="E54" t="s">
+        <v>225</v>
+      </c>
+      <c r="F54" t="s">
+        <v>226</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H54" t="s">
         <v>234</v>
-      </c>
-[...19 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D55" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E55" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F55" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H55" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>242</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>243</v>
       </c>
       <c r="D56" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E56" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F56" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>244</v>
       </c>
       <c r="H56" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>246</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>247</v>
       </c>
       <c r="D57" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E57" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F57" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>248</v>
       </c>
       <c r="H57" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>250</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>251</v>
       </c>
       <c r="D58" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E58" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F58" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>252</v>
       </c>
       <c r="H58" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>254</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>255</v>
       </c>
       <c r="D59" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E59" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F59" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>256</v>
       </c>
       <c r="H59" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>258</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>259</v>
       </c>
       <c r="D60" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E60" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F60" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>260</v>
       </c>
       <c r="H60" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>262</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>263</v>
       </c>
       <c r="D61" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E61" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F61" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>264</v>
       </c>
       <c r="H61" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>266</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>267</v>
       </c>
       <c r="D62" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E62" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F62" t="s">
+        <v>239</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="G62" s="1" t="s">
+      <c r="H62" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>270</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
         <v>271</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>237</v>
+      </c>
+      <c r="E63" t="s">
+        <v>238</v>
+      </c>
+      <c r="F63" t="s">
+        <v>239</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="G63" s="1" t="s">
+      <c r="H63" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>274</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>275</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>237</v>
+      </c>
+      <c r="E64" t="s">
+        <v>238</v>
+      </c>
+      <c r="F64" t="s">
+        <v>239</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>278</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>279</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>237</v>
+      </c>
+      <c r="E65" t="s">
+        <v>238</v>
+      </c>
+      <c r="F65" t="s">
+        <v>239</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D65" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>282</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>283</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>237</v>
+      </c>
+      <c r="E66" t="s">
+        <v>238</v>
+      </c>
+      <c r="F66" t="s">
+        <v>239</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>286</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>287</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>237</v>
+      </c>
+      <c r="E67" t="s">
+        <v>238</v>
+      </c>
+      <c r="F67" t="s">
+        <v>239</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="G67" s="1" t="s">
+      <c r="H67" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>290</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>291</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>237</v>
+      </c>
+      <c r="E68" t="s">
+        <v>238</v>
+      </c>
+      <c r="F68" t="s">
+        <v>239</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>294</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>295</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>237</v>
+      </c>
+      <c r="E69" t="s">
+        <v>238</v>
+      </c>
+      <c r="F69" t="s">
         <v>296</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>297</v>
       </c>
       <c r="H69" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>299</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>300</v>
       </c>
       <c r="D70" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E70" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F70" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>301</v>
       </c>
       <c r="H70" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>303</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>304</v>
       </c>
       <c r="D71" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E71" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F71" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>305</v>
       </c>
       <c r="H71" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>307</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>308</v>
       </c>
       <c r="D72" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E72" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F72" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H72" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>311</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>312</v>
       </c>
       <c r="D73" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E73" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F73" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>313</v>
       </c>
       <c r="H73" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>315</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>316</v>
       </c>
       <c r="D74" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E74" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F74" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>317</v>
       </c>
       <c r="H74" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>319</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>320</v>
       </c>
       <c r="D75" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E75" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F75" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>321</v>
       </c>
       <c r="H75" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>323</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>324</v>
       </c>
       <c r="D76" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E76" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F76" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>325</v>
       </c>
       <c r="H76" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>327</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>328</v>
       </c>
       <c r="D77" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E77" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F77" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H77" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>331</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>332</v>
       </c>
       <c r="D78" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E78" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F78" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>333</v>
       </c>
       <c r="H78" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>335</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>336</v>
       </c>
       <c r="D79" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E79" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F79" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>337</v>
       </c>
       <c r="H79" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>339</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>340</v>
       </c>
       <c r="D80" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E80" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F80" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>341</v>
       </c>
       <c r="H80" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>343</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>344</v>
       </c>
       <c r="D81" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E81" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F81" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>345</v>
       </c>
       <c r="H81" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>347</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>348</v>
       </c>
       <c r="D82" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E82" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F82" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>349</v>
       </c>
       <c r="H82" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>351</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>352</v>
       </c>
       <c r="D83" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E83" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F83" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H83" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>355</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>356</v>
       </c>
       <c r="D84" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E84" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F84" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>357</v>
       </c>
       <c r="H84" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>359</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>360</v>
       </c>
       <c r="D85" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E85" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F85" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>361</v>
       </c>
       <c r="H85" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>363</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>364</v>
       </c>
       <c r="D86" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E86" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F86" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>365</v>
       </c>
       <c r="H86" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>367</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>368</v>
       </c>
       <c r="D87" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E87" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F87" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H87" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>371</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>372</v>
       </c>
       <c r="D88" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E88" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F88" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>373</v>
       </c>
       <c r="H88" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>375</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>376</v>
       </c>
       <c r="D89" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E89" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F89" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>377</v>
       </c>
       <c r="H89" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>379</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>380</v>
       </c>
       <c r="D90" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E90" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F90" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H90" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>383</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>384</v>
       </c>
       <c r="D91" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E91" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F91" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>385</v>
       </c>
       <c r="H91" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>387</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>388</v>
       </c>
       <c r="D92" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E92" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F92" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>389</v>
       </c>
       <c r="H92" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>391</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>392</v>
       </c>
       <c r="D93" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E93" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F93" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>393</v>
       </c>
       <c r="H93" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>395</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>396</v>
       </c>
       <c r="D94" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E94" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F94" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>397</v>
       </c>
       <c r="H94" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>399</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>400</v>
       </c>
       <c r="D95" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E95" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F95" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H95" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>403</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>404</v>
       </c>
       <c r="D96" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E96" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F96" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>405</v>
       </c>
       <c r="H96" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>407</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>408</v>
       </c>
       <c r="D97" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E97" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F97" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>409</v>
       </c>
       <c r="H97" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>411</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>412</v>
       </c>
       <c r="D98" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E98" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F98" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>413</v>
       </c>
       <c r="H98" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>415</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>416</v>
       </c>
       <c r="D99" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E99" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F99" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>417</v>
       </c>
       <c r="H99" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>419</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>420</v>
       </c>
       <c r="D100" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E100" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F100" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H100" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>423</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>424</v>
       </c>
       <c r="D101" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E101" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F101" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>425</v>
       </c>
       <c r="H101" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>427</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>428</v>
       </c>
       <c r="D102" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E102" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F102" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>429</v>
       </c>
       <c r="H102" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>431</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>432</v>
       </c>
       <c r="D103" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E103" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F103" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>433</v>
       </c>
       <c r="H103" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>435</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>436</v>
       </c>
       <c r="D104" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E104" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F104" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>437</v>
       </c>
       <c r="H104" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>439</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>440</v>
       </c>
       <c r="D105" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E105" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F105" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H105" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>443</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>444</v>
       </c>
       <c r="D106" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E106" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F106" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>445</v>
       </c>
       <c r="H106" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>447</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>448</v>
       </c>
       <c r="D107" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E107" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F107" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>449</v>
       </c>
       <c r="H107" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>451</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>452</v>
       </c>
       <c r="D108" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E108" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F108" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H108" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>455</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>456</v>
       </c>
       <c r="D109" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E109" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F109" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H109" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>459</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>460</v>
       </c>
       <c r="D110" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E110" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F110" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>461</v>
       </c>
       <c r="H110" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>463</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>464</v>
       </c>
       <c r="D111" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E111" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F111" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H111" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>467</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>468</v>
       </c>
       <c r="D112" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E112" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F112" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H112" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>471</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>472</v>
       </c>
       <c r="D113" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E113" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F113" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>473</v>
       </c>
       <c r="H113" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>475</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>476</v>
       </c>
       <c r="D114" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E114" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F114" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H114" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>479</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>480</v>
       </c>
       <c r="D115" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E115" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F115" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H115" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>483</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>484</v>
       </c>
       <c r="D116" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E116" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F116" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>485</v>
       </c>
       <c r="H116" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>487</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>488</v>
       </c>
       <c r="D117" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E117" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F117" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H117" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>491</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>492</v>
       </c>
       <c r="D118" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E118" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F118" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>493</v>
       </c>
       <c r="H118" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>495</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>496</v>
       </c>
       <c r="D119" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E119" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F119" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>497</v>
       </c>
       <c r="H119" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>499</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>500</v>
       </c>
       <c r="D120" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E120" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F120" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H120" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>503</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>504</v>
       </c>
       <c r="D121" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E121" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F121" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>505</v>
       </c>
       <c r="H121" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>507</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>508</v>
       </c>
       <c r="D122" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E122" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F122" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>509</v>
       </c>
       <c r="H122" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>511</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>512</v>
       </c>
       <c r="D123" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E123" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F123" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>513</v>
       </c>
       <c r="H123" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>515</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>516</v>
       </c>
       <c r="D124" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E124" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F124" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>517</v>
       </c>
       <c r="H124" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>519</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>520</v>
       </c>
       <c r="D125" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E125" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F125" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>521</v>
       </c>
       <c r="H125" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>523</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>524</v>
       </c>
       <c r="D126" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E126" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F126" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H126" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>527</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>528</v>
       </c>
       <c r="D127" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E127" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F127" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>529</v>
       </c>
       <c r="H127" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>531</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>532</v>
       </c>
       <c r="D128" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E128" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F128" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>533</v>
       </c>
       <c r="H128" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>535</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>536</v>
       </c>
       <c r="D129" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E129" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F129" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>537</v>
       </c>
       <c r="H129" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>539</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>540</v>
       </c>
       <c r="D130" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E130" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F130" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>541</v>
       </c>
       <c r="H130" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>543</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>544</v>
       </c>
       <c r="D131" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E131" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F131" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H131" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>547</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>548</v>
       </c>
       <c r="D132" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E132" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F132" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>549</v>
       </c>
       <c r="H132" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>551</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>552</v>
       </c>
       <c r="D133" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E133" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F133" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>553</v>
       </c>
       <c r="H133" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>555</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>556</v>
       </c>
       <c r="D134" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E134" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F134" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>557</v>
       </c>
       <c r="H134" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>559</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>560</v>
       </c>
       <c r="D135" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E135" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F135" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>561</v>
       </c>
       <c r="H135" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>563</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>564</v>
       </c>
       <c r="D136" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E136" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F136" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>565</v>
       </c>
       <c r="H136" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>567</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>568</v>
       </c>
       <c r="D137" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E137" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F137" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>569</v>
       </c>
       <c r="H137" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>571</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>572</v>
       </c>
       <c r="D138" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E138" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F138" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>573</v>
       </c>
       <c r="H138" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>575</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>576</v>
       </c>
       <c r="D139" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E139" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F139" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>577</v>
       </c>
       <c r="H139" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>579</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>580</v>
       </c>
       <c r="D140" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E140" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F140" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H140" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>583</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>584</v>
       </c>
       <c r="D141" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E141" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F141" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>585</v>
       </c>
       <c r="H141" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>587</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>588</v>
       </c>
       <c r="D142" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E142" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F142" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>589</v>
       </c>
       <c r="H142" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D143" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E143" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F143" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H143" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D144" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E144" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F144" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H144" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D145" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E145" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F145" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H145" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D146" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="E146" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="F146" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H146" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>10</v>
+        <v>608</v>
       </c>
       <c r="D147" t="s">
-        <v>607</v>
+        <v>237</v>
       </c>
       <c r="E147" t="s">
-        <v>608</v>
+        <v>238</v>
       </c>
       <c r="F147" t="s">
+        <v>239</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="G147" s="1" t="s">
+      <c r="H147" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>611</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
         <v>612</v>
       </c>
-      <c r="B148" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D148" t="s">
-        <v>607</v>
+        <v>237</v>
       </c>
       <c r="E148" t="s">
-        <v>608</v>
+        <v>238</v>
       </c>
       <c r="F148" t="s">
-        <v>99</v>
+        <v>239</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>613</v>
       </c>
       <c r="H148" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>615</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>22</v>
+        <v>616</v>
       </c>
       <c r="D149" t="s">
-        <v>607</v>
+        <v>237</v>
       </c>
       <c r="E149" t="s">
-        <v>608</v>
+        <v>238</v>
       </c>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H149" t="s">
-        <v>617</v>
+        <v>598</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>618</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>27</v>
+        <v>619</v>
       </c>
       <c r="D150" t="s">
-        <v>607</v>
+        <v>237</v>
       </c>
       <c r="E150" t="s">
-        <v>608</v>
+        <v>238</v>
       </c>
       <c r="F150" t="s">
-        <v>609</v>
+        <v>239</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H150" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>31</v>
+        <v>623</v>
       </c>
       <c r="D151" t="s">
-        <v>607</v>
+        <v>237</v>
       </c>
       <c r="E151" t="s">
-        <v>608</v>
+        <v>238</v>
       </c>
       <c r="F151" t="s">
-        <v>99</v>
+        <v>239</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="H151" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>10</v>
+        <v>627</v>
       </c>
       <c r="D152" t="s">
-        <v>625</v>
+        <v>237</v>
       </c>
       <c r="E152" t="s">
-        <v>626</v>
+        <v>238</v>
       </c>
       <c r="F152" t="s">
-        <v>627</v>
+        <v>239</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>628</v>
       </c>
       <c r="H152" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>630</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>17</v>
+        <v>631</v>
       </c>
       <c r="D153" t="s">
-        <v>625</v>
+        <v>237</v>
       </c>
       <c r="E153" t="s">
-        <v>626</v>
+        <v>238</v>
       </c>
       <c r="F153" t="s">
-        <v>18</v>
+        <v>239</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="H153" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>22</v>
+        <v>635</v>
       </c>
       <c r="D154" t="s">
-        <v>625</v>
+        <v>237</v>
       </c>
       <c r="E154" t="s">
-        <v>626</v>
+        <v>238</v>
       </c>
       <c r="F154" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="H154" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>27</v>
+        <v>639</v>
       </c>
       <c r="D155" t="s">
-        <v>625</v>
+        <v>237</v>
       </c>
       <c r="E155" t="s">
-        <v>626</v>
+        <v>238</v>
       </c>
       <c r="F155" t="s">
-        <v>144</v>
+        <v>239</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="H155" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>31</v>
+        <v>643</v>
       </c>
       <c r="D156" t="s">
-        <v>625</v>
+        <v>237</v>
       </c>
       <c r="E156" t="s">
-        <v>626</v>
+        <v>238</v>
       </c>
       <c r="F156" t="s">
-        <v>640</v>
+        <v>239</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="H156" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D157" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E157" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F157" t="s">
+        <v>239</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H157" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D158" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E158" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F158" t="s">
+        <v>239</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="H158" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D159" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E159" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F159" t="s">
+        <v>239</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="H159" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D160" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E160" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F160" t="s">
+        <v>239</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H160" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D161" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E161" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F161" t="s">
+        <v>239</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="H161" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D162" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E162" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F162" t="s">
+        <v>239</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="H162" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D163" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E163" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F163" t="s">
+        <v>239</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="H163" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D164" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E164" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F164" t="s">
+        <v>239</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="H164" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D165" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E165" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F165" t="s">
+        <v>239</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="H165" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D166" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E166" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F166" t="s">
+        <v>239</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="H166" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D167" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E167" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F167" t="s">
+        <v>239</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H167" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D168" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E168" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F168" t="s">
+        <v>239</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="H168" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D169" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E169" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F169" t="s">
+        <v>239</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="H169" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D170" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E170" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F170" t="s">
+        <v>239</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H170" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D171" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E171" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F171" t="s">
+        <v>239</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H171" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D172" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E172" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F172" t="s">
+        <v>239</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="H172" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D173" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E173" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F173" t="s">
+        <v>239</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="H173" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D174" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E174" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F174" t="s">
+        <v>239</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H174" t="s">
-        <v>716</v>
+        <v>249</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>717</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>718</v>
       </c>
       <c r="D175" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E175" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F175" t="s">
+        <v>239</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>719</v>
       </c>
       <c r="H175" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>721</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>722</v>
       </c>
       <c r="D176" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E176" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F176" t="s">
+        <v>239</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>723</v>
       </c>
       <c r="H176" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>725</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>726</v>
       </c>
       <c r="D177" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E177" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F177" t="s">
+        <v>239</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>727</v>
       </c>
       <c r="H177" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>729</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>730</v>
       </c>
       <c r="D178" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E178" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F178" t="s">
+        <v>239</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>731</v>
       </c>
       <c r="H178" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>733</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>734</v>
       </c>
       <c r="D179" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E179" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F179" t="s">
+        <v>239</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>735</v>
       </c>
       <c r="H179" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>737</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>738</v>
       </c>
       <c r="D180" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E180" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F180" t="s">
+        <v>239</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>739</v>
       </c>
       <c r="H180" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>741</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>742</v>
       </c>
       <c r="D181" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E181" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F181" t="s">
+        <v>239</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>743</v>
       </c>
       <c r="H181" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>745</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>746</v>
       </c>
       <c r="D182" t="s">
-        <v>645</v>
+        <v>237</v>
       </c>
       <c r="E182" t="s">
-        <v>646</v>
+        <v>238</v>
+      </c>
+      <c r="F182" t="s">
+        <v>239</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>747</v>
       </c>
       <c r="H182" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>749</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
+        <v>10</v>
+      </c>
+      <c r="D183" t="s">
         <v>750</v>
       </c>
-      <c r="D183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E183" t="s">
-        <v>646</v>
+        <v>751</v>
+      </c>
+      <c r="F183" t="s">
+        <v>752</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="H183" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>754</v>
+        <v>17</v>
       </c>
       <c r="D184" t="s">
-        <v>645</v>
+        <v>750</v>
       </c>
       <c r="E184" t="s">
-        <v>646</v>
+        <v>751</v>
+      </c>
+      <c r="F184" t="s">
+        <v>99</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="H184" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>758</v>
+        <v>22</v>
       </c>
       <c r="D185" t="s">
-        <v>645</v>
+        <v>750</v>
       </c>
       <c r="E185" t="s">
-        <v>646</v>
+        <v>751</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>759</v>
       </c>
       <c r="H185" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>761</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
+        <v>27</v>
+      </c>
+      <c r="D186" t="s">
+        <v>750</v>
+      </c>
+      <c r="E186" t="s">
+        <v>751</v>
+      </c>
+      <c r="F186" t="s">
+        <v>752</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="D186" t="s">
-[...5 lines deleted...]
-      <c r="G186" s="1" t="s">
+      <c r="H186" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>764</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>31</v>
+      </c>
+      <c r="D187" t="s">
+        <v>750</v>
+      </c>
+      <c r="E187" t="s">
+        <v>751</v>
+      </c>
+      <c r="F187" t="s">
+        <v>99</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="B187" t="s">
-[...2 lines deleted...]
-      <c r="C187" t="s">
+      <c r="H187" t="s">
         <v>766</v>
-      </c>
-[...10 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>767</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" t="s">
+        <v>768</v>
+      </c>
+      <c r="E188" t="s">
         <v>769</v>
       </c>
-      <c r="B188" t="s">
-[...2 lines deleted...]
-      <c r="C188" t="s">
+      <c r="F188" t="s">
         <v>770</v>
-      </c>
-[...4 lines deleted...]
-        <v>646</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>771</v>
       </c>
       <c r="H188" t="s">
         <v>772</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>773</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>17</v>
+      </c>
+      <c r="D189" t="s">
+        <v>768</v>
+      </c>
+      <c r="E189" t="s">
+        <v>769</v>
+      </c>
+      <c r="F189" t="s">
+        <v>18</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H189" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>776</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>22</v>
+      </c>
+      <c r="D190" t="s">
+        <v>768</v>
+      </c>
+      <c r="E190" t="s">
+        <v>769</v>
+      </c>
+      <c r="F190" t="s">
+        <v>54</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H190" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>779</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>27</v>
+      </c>
+      <c r="D191" t="s">
+        <v>768</v>
+      </c>
+      <c r="E191" t="s">
+        <v>769</v>
+      </c>
+      <c r="F191" t="s">
+        <v>144</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H191" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>782</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>31</v>
+      </c>
+      <c r="D192" t="s">
+        <v>768</v>
+      </c>
+      <c r="E192" t="s">
+        <v>769</v>
+      </c>
+      <c r="F192" t="s">
+        <v>783</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H192" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>786</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>787</v>
+      </c>
+      <c r="D193" t="s">
+        <v>788</v>
+      </c>
+      <c r="E193" t="s">
+        <v>789</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H193" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>792</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>793</v>
+      </c>
+      <c r="D194" t="s">
+        <v>788</v>
+      </c>
+      <c r="E194" t="s">
+        <v>789</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="H194" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>796</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>797</v>
+      </c>
+      <c r="D195" t="s">
+        <v>788</v>
+      </c>
+      <c r="E195" t="s">
+        <v>789</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H195" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>800</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>801</v>
+      </c>
+      <c r="D196" t="s">
+        <v>788</v>
+      </c>
+      <c r="E196" t="s">
+        <v>789</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="H196" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>804</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>805</v>
+      </c>
+      <c r="D197" t="s">
+        <v>788</v>
+      </c>
+      <c r="E197" t="s">
+        <v>789</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H197" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>808</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>809</v>
+      </c>
+      <c r="D198" t="s">
+        <v>788</v>
+      </c>
+      <c r="E198" t="s">
+        <v>789</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H198" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>812</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>813</v>
+      </c>
+      <c r="D199" t="s">
+        <v>788</v>
+      </c>
+      <c r="E199" t="s">
+        <v>789</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H199" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>816</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>817</v>
+      </c>
+      <c r="D200" t="s">
+        <v>788</v>
+      </c>
+      <c r="E200" t="s">
+        <v>789</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H200" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>820</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>821</v>
+      </c>
+      <c r="D201" t="s">
+        <v>788</v>
+      </c>
+      <c r="E201" t="s">
+        <v>789</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H201" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>824</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>825</v>
+      </c>
+      <c r="D202" t="s">
+        <v>788</v>
+      </c>
+      <c r="E202" t="s">
+        <v>789</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H202" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>828</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>829</v>
+      </c>
+      <c r="D203" t="s">
+        <v>788</v>
+      </c>
+      <c r="E203" t="s">
+        <v>789</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H203" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>832</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>833</v>
+      </c>
+      <c r="D204" t="s">
+        <v>788</v>
+      </c>
+      <c r="E204" t="s">
+        <v>789</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H204" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>836</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>837</v>
+      </c>
+      <c r="D205" t="s">
+        <v>788</v>
+      </c>
+      <c r="E205" t="s">
+        <v>789</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H205" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>840</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>841</v>
+      </c>
+      <c r="D206" t="s">
+        <v>788</v>
+      </c>
+      <c r="E206" t="s">
+        <v>789</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H206" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>844</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>845</v>
+      </c>
+      <c r="D207" t="s">
+        <v>788</v>
+      </c>
+      <c r="E207" t="s">
+        <v>789</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H207" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>848</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>849</v>
+      </c>
+      <c r="D208" t="s">
+        <v>788</v>
+      </c>
+      <c r="E208" t="s">
+        <v>789</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H208" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>852</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>853</v>
+      </c>
+      <c r="D209" t="s">
+        <v>788</v>
+      </c>
+      <c r="E209" t="s">
+        <v>789</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="H209" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>856</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>857</v>
+      </c>
+      <c r="D210" t="s">
+        <v>788</v>
+      </c>
+      <c r="E210" t="s">
+        <v>789</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H210" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>860</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>861</v>
+      </c>
+      <c r="D211" t="s">
+        <v>788</v>
+      </c>
+      <c r="E211" t="s">
+        <v>789</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H211" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>864</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>865</v>
+      </c>
+      <c r="D212" t="s">
+        <v>788</v>
+      </c>
+      <c r="E212" t="s">
+        <v>789</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H212" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>868</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>869</v>
+      </c>
+      <c r="D213" t="s">
+        <v>788</v>
+      </c>
+      <c r="E213" t="s">
+        <v>789</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H213" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>872</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>873</v>
+      </c>
+      <c r="D214" t="s">
+        <v>788</v>
+      </c>
+      <c r="E214" t="s">
+        <v>789</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H214" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>876</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>877</v>
+      </c>
+      <c r="D215" t="s">
+        <v>788</v>
+      </c>
+      <c r="E215" t="s">
+        <v>789</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H215" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>880</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>881</v>
+      </c>
+      <c r="D216" t="s">
+        <v>788</v>
+      </c>
+      <c r="E216" t="s">
+        <v>789</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H216" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>884</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>885</v>
+      </c>
+      <c r="D217" t="s">
+        <v>788</v>
+      </c>
+      <c r="E217" t="s">
+        <v>789</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H217" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>888</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>889</v>
+      </c>
+      <c r="D218" t="s">
+        <v>788</v>
+      </c>
+      <c r="E218" t="s">
+        <v>789</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H218" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>892</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>893</v>
+      </c>
+      <c r="D219" t="s">
+        <v>788</v>
+      </c>
+      <c r="E219" t="s">
+        <v>789</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H219" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>896</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>897</v>
+      </c>
+      <c r="D220" t="s">
+        <v>788</v>
+      </c>
+      <c r="E220" t="s">
+        <v>789</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H220" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>900</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>901</v>
+      </c>
+      <c r="D221" t="s">
+        <v>788</v>
+      </c>
+      <c r="E221" t="s">
+        <v>789</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H221" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>904</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>905</v>
+      </c>
+      <c r="D222" t="s">
+        <v>788</v>
+      </c>
+      <c r="E222" t="s">
+        <v>789</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H222" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>908</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>909</v>
+      </c>
+      <c r="D223" t="s">
+        <v>788</v>
+      </c>
+      <c r="E223" t="s">
+        <v>789</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H223" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>912</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>913</v>
+      </c>
+      <c r="D224" t="s">
+        <v>788</v>
+      </c>
+      <c r="E224" t="s">
+        <v>789</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H224" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>916</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>917</v>
+      </c>
+      <c r="D225" t="s">
+        <v>788</v>
+      </c>
+      <c r="E225" t="s">
+        <v>789</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="H225" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>920</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>921</v>
+      </c>
+      <c r="D226" t="s">
+        <v>788</v>
+      </c>
+      <c r="E226" t="s">
+        <v>789</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="H226" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>924</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>925</v>
+      </c>
+      <c r="D227" t="s">
+        <v>788</v>
+      </c>
+      <c r="E227" t="s">
+        <v>789</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="H227" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>928</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>929</v>
+      </c>
+      <c r="D228" t="s">
+        <v>788</v>
+      </c>
+      <c r="E228" t="s">
+        <v>789</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="H228" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>932</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>933</v>
+      </c>
+      <c r="D229" t="s">
+        <v>788</v>
+      </c>
+      <c r="E229" t="s">
+        <v>789</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="H229" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>936</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>937</v>
+      </c>
+      <c r="D230" t="s">
+        <v>788</v>
+      </c>
+      <c r="E230" t="s">
+        <v>789</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="H230" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>940</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>941</v>
+      </c>
+      <c r="D231" t="s">
+        <v>788</v>
+      </c>
+      <c r="E231" t="s">
+        <v>789</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H231" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>943</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>944</v>
+      </c>
+      <c r="D232" t="s">
+        <v>788</v>
+      </c>
+      <c r="E232" t="s">
+        <v>789</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H232" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>947</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>948</v>
+      </c>
+      <c r="D233" t="s">
+        <v>788</v>
+      </c>
+      <c r="E233" t="s">
+        <v>789</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="H233" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>951</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>952</v>
+      </c>
+      <c r="D234" t="s">
+        <v>788</v>
+      </c>
+      <c r="E234" t="s">
+        <v>789</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="H234" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>955</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>956</v>
+      </c>
+      <c r="D235" t="s">
+        <v>788</v>
+      </c>
+      <c r="E235" t="s">
+        <v>789</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="H235" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>959</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>960</v>
+      </c>
+      <c r="D236" t="s">
+        <v>788</v>
+      </c>
+      <c r="E236" t="s">
+        <v>789</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H236" t="s">
+        <v>962</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7677,50 +9459,98 @@
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>